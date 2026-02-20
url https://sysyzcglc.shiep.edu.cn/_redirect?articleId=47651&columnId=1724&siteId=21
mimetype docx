--- v0 (2025-10-29)
+++ v1 (2026-02-20)
@@ -1,5186 +1,4325 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="009B70B1">
+    <w:p w14:paraId="26206089">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
-        <w:ind w:right="-52" w:firstLineChars="2717" w:firstLine="6521"/>
+        <w:ind w:right="-52" w:firstLine="6520" w:firstLineChars="2717"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>编号：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="1178F23D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="4DE7B5E3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc43290509"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc77846246"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc43290454"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc77846246"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc43290509"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
         <w:t>上海电力大学</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00926E0D">
+    <w:p w14:paraId="7FC7CF84">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="15227818">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc43292871"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc77846247"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc43290455"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc4069157"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc43292871"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc43290158"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc51239420"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc43290510"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc77846247"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc50369718"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>大型精密贵重仪器设备</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="7093A9D6">
       <w:pPr>
         <w:spacing w:beforeLines="50"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc43290511"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc43290456"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc43292872"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc43290511"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc77846248"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc50369719"/>
       <w:bookmarkStart w:id="15" w:name="_Toc4069158"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc50369719"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Toc77846248"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc43290159"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc43290456"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc51239421"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>可行性论证报告</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00926E0D">
+    <w:p w14:paraId="76EF59DF">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00926E0D">
+    <w:p w14:paraId="15BC9B9D">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00926E0D">
+    <w:p w14:paraId="11E90C4C">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="6D2721B9">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
-        <w:ind w:firstLineChars="500" w:firstLine="1405"/>
+        <w:ind w:firstLine="1405" w:firstLineChars="500"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">设  备  名  称 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>＿＿＿＿＿＿＿＿＿＿＿＿＿＿</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="283969A4">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
-        <w:ind w:firstLineChars="500" w:firstLine="1405"/>
+        <w:ind w:firstLine="1405" w:firstLineChars="500"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">申  请  单  位 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>＿＿＿＿＿＿＿＿＿＿＿＿＿＿</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="5A65EEE8">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
-        <w:ind w:firstLineChars="500" w:firstLine="1405"/>
+        <w:ind w:firstLine="1405" w:firstLineChars="500"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">经  费  来  源 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>＿＿＿＿＿＿＿＿＿＿＿＿＿＿</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="59CC3DA4">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
-        <w:ind w:firstLineChars="500" w:firstLine="1405"/>
+        <w:ind w:firstLine="1405" w:firstLineChars="500"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">申请人（签名） </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>＿＿＿＿＿＿＿＿＿＿＿＿＿＿</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="04CB9035">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
-        <w:ind w:firstLineChars="499" w:firstLine="1403"/>
+        <w:ind w:firstLine="1403" w:firstLineChars="499"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">论  证  时  间 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>＿＿＿＿＿＿＿＿＿＿＿＿＿＿</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00926E0D">
+    <w:p w14:paraId="1728876F">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00926E0D">
+    <w:p w14:paraId="34D2C7FE">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00926E0D">
+    <w:p w14:paraId="730EF7D8">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="楷体_GB2312" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="16A108EA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="楷体_GB2312"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="楷体_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="楷体_GB2312"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>实验室与资产管理处编制</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRPr="007655A3" w:rsidRDefault="00F224E2" w:rsidP="00926E0D">
+    <w:p w14:paraId="7F256733">
       <w:pPr>
         <w:spacing w:beforeLines="100" w:afterLines="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="楷体_GB2312"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007655A3">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="楷体_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="楷体_GB2312"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>（此表仅限于校内使用）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="142DD8EB">
       <w:pPr>
         <w:spacing w:afterLines="50"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="Times New Roman" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:eastAsiaTheme="minorEastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>一、设备信息</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8820" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="1424"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1250"/>
         <w:gridCol w:w="595"/>
         <w:gridCol w:w="1878"/>
         <w:gridCol w:w="815"/>
         <w:gridCol w:w="1165"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="778C6BA3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="763"/>
+          <w:trHeight w:val="763" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2037" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="4B7EFA6E">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>仪器设备名称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="25867CE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1878" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7C85548B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>数  量</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2014B019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="79D7C842">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="611"/>
+          <w:trHeight w:val="611" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2037" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="6E3AF2BD">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>型号规格</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="22638560">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1878" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="51ABEF68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>国  别</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="66A143C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="2F662B64">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="658"/>
+          <w:trHeight w:val="658" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2037" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="1D9C9C19">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>现行单价</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7F1BDA22">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>人民币</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="27CCEECA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1878" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="375B13E0">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>供 应 商</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="4C31FB87">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>联系人及</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="20A2B336">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>联系电话</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="79FEBC6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="65EE93C8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="599"/>
+          <w:trHeight w:val="599" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2037" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
+            <w:vMerge w:val="continue"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="73680CFF">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7BA3671F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>美元</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1845" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7FE06FDF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1878" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="continue"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6FBC54EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
+            <w:vMerge w:val="continue"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5AB3721A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="5E31B485">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="2475"/>
+          <w:trHeight w:val="2475" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2037" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="2622A8D0">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>主要技术</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="30EDC4DB">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>指标、特</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="3A2A22C1">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>点及用途</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6783" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7E85C309">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="66B2BA99">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1481"/>
+          <w:trHeight w:val="1481" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2037" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="56FF471C">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>国内用户</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="42C77707">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>及其意见</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6783" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6BA33037">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="3A0028D7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1042"/>
+          <w:trHeight w:val="1042" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7506F100">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>市场同类仪器设备</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1424" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="40EDB1F4">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>型号规格</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="5AA53F8A">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>供 应 商</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="46A49875">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>联系电话</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3288" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="789C22B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>性能、指标</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="6C9122A3">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>单价</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="442533D7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="557"/>
+          <w:trHeight w:val="557" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="continue"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6B96C151">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1424" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="273A1348">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="45E2CBDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3288" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="68E3CF5B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="349B77F3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="04AA9B0F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="495"/>
+          <w:trHeight w:val="495" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="continue"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="72B95A92">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1424" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="66B37754">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1C749C8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3288" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="45E902F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="726B0255">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="52BF81D7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="561"/>
+          <w:trHeight w:val="561" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="continue"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2C451CCC">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1424" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4D22826C">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2330" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="593AAF8D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3288" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="26094DEB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="097C4AAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="5C669F71">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="723"/>
+          <w:trHeight w:val="723" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="continue"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6B6522D2">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8207" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:p w14:paraId="5AB13F62">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>说明</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
-[...21 lines deleted...]
-              <w:t>垄断，原则上大型设备的采购要提供</w:t>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>同类仪器设备是作为所采购设备的备选项目，为避免供应商价格垄断，原则上大型设备的采购要提供</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>家以上设备型号供竞标。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="6079B5AD">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="3024"/>
+          <w:trHeight w:val="3024" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="621A07B0">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>已有同类设备情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8207" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...3 lines deleted...]
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+          <w:p w14:paraId="48517B22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
+                <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
-                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
+                <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>（注：为避免重复购置，请简述已有同类设备型号规格、主要功能等信息，并阐述本次购买理由。如无同类设备请填“无”。）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="6732A0F5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00C03FA9" w:rsidSect="00A21D3E">
-          <w:footerReference w:type="default" r:id="rId9"/>
+        <w:sectPr>
+          <w:footerReference r:id="rId3" w:type="default"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1797" w:bottom="1134" w:left="1797" w:header="851" w:footer="992" w:gutter="0"/>
-          <w:cols w:space="425"/>
-          <w:docGrid w:linePitch="312"/>
+          <w:cols w:space="425" w:num="1"/>
+          <w:docGrid w:linePitch="312" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="2D7C1CFF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1000"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>二、申请理由</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="452DFAC6">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:afterLines="50"/>
         <w:ind w:left="278"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>对进口设备要说明国产设备不能替代的原因和购买的必要性</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8526" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="1030BF68">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="0054223E" w:rsidP="00926E0D">
+          <w:p w14:paraId="55A9FBFD">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="08A21562">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="44F94595">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="56DA8AF4">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="629D9ED3">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="73B8978D">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="0BE33BA5">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="2B186934">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="50FDD179">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="348D12A9">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="2E8D5C55">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="60201E4A">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="50601BF5">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="5741DEF9">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="44139D88">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="1613E8BB">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="7DEFBADC">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="0CEEC5FF">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1C1755F2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="01F1B080">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1000"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>三、预计效益分析</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="6BC47226">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:beforeLines="50"/>
         <w:ind w:left="777" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>教学：课程名称、实验项目名称、实验时数、实验学生数（含研究生、本科生）</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="2EF9BE07">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="777" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>科研：科研方向、课题名称、课题来源、年使用机时数</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="7DD44A00">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:afterLines="50"/>
         <w:ind w:left="777" w:hanging="357"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>校内外服务：专业、学科、年使用机时数</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8526" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="466A3018">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidRDefault="0054223E" w:rsidP="00926E0D">
+          <w:p w14:paraId="34DD873E">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="123699BF">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="5CECCD0C">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="3EACFE53">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="4F32572F">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="33A7459A">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="72D9EFD3">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="62E81BFF">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3A4A6AF0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="1A9FCB48">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1000"/>
         </w:tabs>
         <w:spacing w:beforeLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>四、设备辅助条件</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009768F6" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="0981EA4B">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
+        <w:pStyle w:val="4"/>
         <w:spacing w:beforeLines="50"/>
-        <w:ind w:rightChars="-241" w:right="-506"/>
+        <w:ind w:right="-506" w:rightChars="-241"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（是否具备安装使用的用房，是否需要空调和特殊水电设施及配套设备，经费落实情况，是否存在影响环保和安全的因素，有无具体措施）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8526" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="02F5A02C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8526" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="776B3CD1">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="3920EEA6">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="4446CE34">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="5482F211">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="7A19FBB3">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="1AFF78B1">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="6120FA45">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="6AB52A38">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00926E0D">
+    <w:p w14:paraId="2219C8C2">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009768F6" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="67DBA046">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1000"/>
         </w:tabs>
         <w:spacing w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>五、操作、管理、维修人员及兼职设备管理员名单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="9000" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2160"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="18E855EC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="855"/>
+          <w:trHeight w:val="855" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="0165D072">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="72F35140">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>年龄</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="0191626F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>文化</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="01681036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>程度</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="34B13A44">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>职务</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="2F39D507">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>职称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="1F347A36">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>参加何种工作</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="5DE88515">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>专职或</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="3CFF6CB2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>兼职</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="5A8CBBCB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>培训情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="08F97A1D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="4328"/>
+          <w:trHeight w:val="4328" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1856D6B3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="23FF3A9F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="17245592">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="37828F0C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1535C520">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2410A031">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7EFB08EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+    <w:p w14:paraId="07144200">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>六、应用开发及开放设想</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="9000" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9000"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9">
+      <w:tr w14:paraId="076C1D1B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+          <w:p w14:paraId="01A42DAE">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A5C3D88">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="150"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C9B1F2B">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="150"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="325A1960">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="150"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30873079">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="150"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C8AF1CB">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="150"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3028AA36">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39B6B641">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="009768F6" w:rsidRDefault="009768F6" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="378BC22C">
             <w:pPr>
               <w:spacing w:beforeLines="100" w:afterLines="100"/>
               <w:rPr>
-                <w:rFonts w:ascii="华文中宋" w:eastAsia="楷体_GB2312" w:hAnsi="华文中宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+                <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="66B43AB8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B2222C" w:rsidRDefault="00B2222C">
+    <w:p w14:paraId="5B8D85AD">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="47D2FDBB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00252CE3">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...20 lines deleted...]
-        <w:t>意见</w:t>
+        <w:t>审核意见</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8568" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8568"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9" w:rsidTr="00C12C9A">
+      <w:tr w14:paraId="143C92EA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2672"/>
+          <w:trHeight w:val="2672" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00252CE3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体"/>
+          <w:p w14:paraId="11B81BC3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>论证小组意见</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00252CE3" w:rsidRDefault="00252CE3" w:rsidP="00926E0D">
+          <w:p w14:paraId="45DAB33F">
             <w:pPr>
               <w:spacing w:beforeLines="150" w:afterLines="150"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19C22AEF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3390"/>
                 <w:tab w:val="left" w:pos="3585"/>
                 <w:tab w:val="left" w:pos="3765"/>
               </w:tabs>
               <w:spacing w:afterLines="200"/>
-              <w:ind w:firstLineChars="1050" w:firstLine="2940"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="2940" w:firstLineChars="1050"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>论证小组成员签名</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="200085CF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3720"/>
                 <w:tab w:val="left" w:pos="5460"/>
                 <w:tab w:val="left" w:pos="7260"/>
                 <w:tab w:val="left" w:pos="7500"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1950" w:firstLine="5460"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="5460" w:firstLineChars="1950"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>年    月    日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w:rsidTr="00C12C9A">
+      <w:tr w14:paraId="2B3DFB52">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2128"/>
+          <w:trHeight w:val="2128" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRPr="00252CE3" w:rsidRDefault="00D921CE" w:rsidP="00252CE3">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体"/>
+          <w:p w14:paraId="5D225CC9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>院（部）意见</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00252CE3" w:rsidRDefault="00252CE3">
+          <w:p w14:paraId="39AE7412">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3390"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1350" w:firstLine="3780"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00252CE3" w:rsidRDefault="00252CE3">
+              <w:ind w:firstLine="3780" w:firstLineChars="1350"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3356B293">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3390"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1350" w:firstLine="3780"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+              <w:ind w:firstLine="3780" w:firstLineChars="1350"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BE3CCF8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3390"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1350" w:firstLine="3780"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="3780" w:firstLineChars="1350"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>负责人签名</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="77E23758">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3555"/>
                 <w:tab w:val="left" w:pos="5460"/>
                 <w:tab w:val="left" w:pos="5895"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1400" w:firstLine="3920"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="3920" w:firstLineChars="1400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>（公章）</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005936A6" w:rsidRPr="00C12C9A" w:rsidRDefault="00D921CE" w:rsidP="00C12C9A">
+          <w:p w14:paraId="1FCC87C7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3555"/>
                 <w:tab w:val="left" w:pos="5460"/>
                 <w:tab w:val="left" w:pos="5895"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1950" w:firstLine="5460"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体"/>
+              <w:ind w:firstLine="5460" w:firstLineChars="1950"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>年    月    日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00252CE3" w:rsidTr="00C12C9A">
+      <w:tr w14:paraId="76772A71">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2202"/>
+          <w:trHeight w:val="2202" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00252CE3" w:rsidRDefault="0043477E">
-[...13 lines deleted...]
-              <w:t>实验室与资产管理处</w:t>
+          <w:p w14:paraId="4E96C7E5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>实验室与资产管理处意见</w:t>
             </w:r>
-            <w:r w:rsidR="00252CE3" w:rsidRPr="00B2222C">
-[...26 lines deleted...]
-          <w:p w:rsidR="00252CE3" w:rsidRDefault="00252CE3" w:rsidP="00252CE3">
+          </w:p>
+          <w:p w14:paraId="62BC4D01">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BCDF000">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5693D409">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3390"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1350" w:firstLine="3780"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="3780" w:firstLineChars="1350"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>负责人签名</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00252CE3" w:rsidRDefault="00252CE3" w:rsidP="00252CE3">
+          <w:p w14:paraId="7FFC069E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3555"/>
                 <w:tab w:val="left" w:pos="5460"/>
                 <w:tab w:val="left" w:pos="5895"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1400" w:firstLine="3920"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="3920" w:firstLineChars="1400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>（公章）</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00252CE3" w:rsidRDefault="00252CE3" w:rsidP="00252CE3">
+          <w:p w14:paraId="5E03FF87">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3555"/>
                 <w:tab w:val="left" w:pos="5460"/>
                 <w:tab w:val="left" w:pos="5895"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1950" w:firstLine="5460"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体"/>
+              <w:ind w:firstLine="5460" w:firstLineChars="1950"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>年    月    日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w:rsidTr="00252CE3">
+      <w:tr w14:paraId="2C1B9780">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2329"/>
+          <w:trHeight w:val="2329" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="0043477E" w:rsidP="00252CE3">
-[...13 lines deleted...]
-              <w:t>相关职能部门</w:t>
+          <w:p w14:paraId="7D19BF41">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>相关职能部门意见</w:t>
             </w:r>
-            <w:r w:rsidR="00D921CE" w:rsidRPr="00B2222C">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体"/>
+          </w:p>
+          <w:p w14:paraId="177CA1A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>【</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:t>涉及本科教学和创新创业内容应由教务处负责人签署意见；涉及研究生教学内容应由研究生处负责人签署意见；涉及科研、社会服务等内容应由科研处负责人签署意见；涉及实验室场地建设、消防安全及信息化建设等内容应由相关部门（基建处、后勤处、保卫处及现教中心等）负责人签署意见。</w:t>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>涉及本科教学和创新创业内容应由</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>本科生院</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>负责人签署意见；涉及研究生教学内容应由</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>研究生院</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>负责人签署意见；涉及科研、社会服务等内容应由</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>科学技术研究院</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>负责人签署意见；涉及实验室场地建设、消防安全及信息化建设等内容应由相关部门（基建处、</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>后勤保障处</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>、保卫处及</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>信息化与数据管理中心</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>等）负责人签署意见。</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>】</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00252CE3" w:rsidRDefault="00252CE3" w:rsidP="00252CE3">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+          <w:p w14:paraId="176DBABD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63D7E941">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A2FC6B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73D30CF8">
+            <w:pPr>
+              <w:ind w:firstLine="3780" w:firstLineChars="1350"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>负责人签名</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="4B6D0325">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5880"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1400" w:firstLine="3920"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="3920" w:firstLineChars="1400"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>（公章）</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="74196023">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5880"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1950" w:firstLine="5460"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="5460" w:firstLineChars="1950"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>年    月    日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w:rsidTr="00C12C9A">
+      <w:tr w14:paraId="291EB46D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2034"/>
+          <w:trHeight w:val="2034" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="004907A5" w:rsidP="00252CE3">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6648E23E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="19" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="19"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
-[...3 lines deleted...]
-              <w:t>论证部门主管</w:t>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>论证部门分管校领导</w:t>
             </w:r>
-            <w:r w:rsidR="00D921CE">
-[...5 lines deleted...]
-              <w:t>校领导审</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>审核意见</w:t>
             </w:r>
-            <w:r w:rsidR="00B67951">
-[...34 lines deleted...]
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00926E0D">
+          </w:p>
+          <w:p w14:paraId="24849538">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="484A7550">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CF38292">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3720"/>
                 <w:tab w:val="left" w:pos="5850"/>
               </w:tabs>
               <w:spacing w:afterLines="100"/>
-              <w:ind w:firstLineChars="1550" w:firstLine="4340"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="4340" w:firstLineChars="1550"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>签  名</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="56091C9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5850"/>
               </w:tabs>
-              <w:ind w:firstLineChars="1950" w:firstLine="5460"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman"/>
+              <w:ind w:firstLine="5460" w:firstLineChars="1950"/>
+              <w:rPr>
+                <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>年    月     日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="7CD26082">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C03FA9" w:rsidSect="009B70B1">
+    <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1797" w:bottom="1134" w:left="1797" w:header="851" w:footer="680" w:gutter="0"/>
-      <w:cols w:space="425"/>
-      <w:docGrid w:linePitch="312"/>
+      <w:cols w:space="425" w:num="1"/>
+      <w:docGrid w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...7 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mongolian Baiti">
     <w:panose1 w:val="03000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="80000023" w:usb1="00000000" w:usb2="00020000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="华文中宋">
     <w:panose1 w:val="02010600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="080F0000" w:usb2="00000010" w:usb3="00000000" w:csb0="0004009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000287" w:usb1="080F0000" w:usb2="00000000" w:usb3="00000000" w:csb0="0004009F" w:csb1="DFD70000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040803050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00006FF" w:usb1="4000045F" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
-    <w:altName w:val="仿宋"/>
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
-    <w:altName w:val="楷体"/>
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00246F6B" w:rsidRDefault="009768F6" w:rsidP="00C0779F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="1CE53E6C">
     <w:pPr>
       <w:framePr w:w="907" w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="outside" w:y="-22"/>
       <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00246F6B">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* ArabicDash  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B2222C">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:noProof/>
       </w:rPr>
       <w:t>- 1 -</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00246F6B" w:rsidRDefault="00246F6B" w:rsidP="00090203">
+  <w:p w14:paraId="3CD6233A">
     <w:pPr>
-      <w:pStyle w:val="a8"/>
+      <w:pStyle w:val="9"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="087C2399"/>
-[...421 lines deleted...]
-  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="3ADC4B52"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3ADC4B52"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="japaneseCounting"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2．"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="780"/>
         </w:tabs>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1680"/>
         </w:tabs>
         <w:ind w:left="1680" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2100"/>
         </w:tabs>
         <w:ind w:left="2100" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
         <w:ind w:left="2520" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2940"/>
         </w:tabs>
         <w:ind w:left="2940" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3360"/>
         </w:tabs>
         <w:ind w:left="3360" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3780"/>
         </w:tabs>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-[...719 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...7 lines deleted...]
-  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...25 lines deleted...]
-    <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:bordersDoNotSurroundHeader/>
-  <w:bordersDoNotSurroundFooter/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:noLineBreaksAfter w:lang="zh-CN" w:val="$([{£¥·‘“〈《「『【〔〖〝﹙﹛﹝＄（．［｛￡￥"/>
   <w:noLineBreaksBefore w:lang="zh-CN" w:val="!%),.:;&gt;?]}¢¨°·ˇˉ―‖’”…‰′″›℃∶、。〃〉》」』】〕〗〞︶︺︾﹀﹄﹚﹜﹞！＂％＇），．：；？］｀｜｝～￠"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
-  <w:hdrShapeDefaults>
-[...11 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C5D08"/>
     <w:rsid w:val="00000EF1"/>
     <w:rsid w:val="00002639"/>
     <w:rsid w:val="00002B57"/>
     <w:rsid w:val="00003099"/>
     <w:rsid w:val="00004994"/>
     <w:rsid w:val="0000641C"/>
     <w:rsid w:val="00006A99"/>
     <w:rsid w:val="00006F58"/>
     <w:rsid w:val="00007139"/>
     <w:rsid w:val="00011E36"/>
     <w:rsid w:val="00012D3A"/>
     <w:rsid w:val="00013865"/>
     <w:rsid w:val="0001561B"/>
     <w:rsid w:val="00016E75"/>
     <w:rsid w:val="00016EF1"/>
     <w:rsid w:val="00017F61"/>
     <w:rsid w:val="000204B5"/>
     <w:rsid w:val="00020FED"/>
     <w:rsid w:val="00021A12"/>
     <w:rsid w:val="000225BB"/>
     <w:rsid w:val="00023082"/>
     <w:rsid w:val="00024693"/>
@@ -6599,910 +5738,981 @@
     <w:rsid w:val="00FE083A"/>
     <w:rsid w:val="00FE6EB1"/>
     <w:rsid w:val="00FF0A95"/>
     <w:rsid w:val="00FF0F1D"/>
     <w:rsid w:val="00FF15B2"/>
     <w:rsid w:val="00FF3B62"/>
     <w:rsid w:val="00FF3E1F"/>
     <w:rsid w:val="00FF4959"/>
     <w:rsid w:val="00FF4A8F"/>
     <w:rsid w:val="00FF4BA0"/>
     <w:rsid w:val="00FF4C55"/>
     <w:rsid w:val="00FF6B84"/>
     <w:rsid w:val="00FF76F5"/>
     <w:rsid w:val="19431AF1"/>
     <w:rsid w:val="28BC19AE"/>
     <w:rsid w:val="31854AAE"/>
     <w:rsid w:val="34F922BE"/>
     <w:rsid w:val="35C23234"/>
     <w:rsid w:val="3DDE67D0"/>
     <w:rsid w:val="456E0DCD"/>
     <w:rsid w:val="4EF34D2E"/>
     <w:rsid w:val="644046CB"/>
     <w:rsid w:val="6A8008DD"/>
     <w:rsid w:val="6C071647"/>
     <w:rsid w:val="78972985"/>
+    <w:rsid w:val="DFA7E38C"/>
+    <w:rsid w:val="FF690B8F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="1"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:doNotAutoCompressPictures/>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
-[...9 lines deleted...]
-  <w:listSeparator w:val=","/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:cs="Mongolian Baiti"/>
-        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Mongolian Baiti"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...154 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:locked="0" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="toc 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation text" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation reference" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="line number" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="macro" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Date" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Strong" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Normal (Web)" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation subject" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="59" w:semiHidden="0" w:name="Table Grid" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme" w:locked="1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="List Paragraph"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00416221"/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Calibri"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="1Char"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="23"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:ind w:left="126"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="华文中宋" w:eastAsia="华文中宋" w:hAnsi="华文中宋" w:cs="华文中宋"/>
+      <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="华文中宋" w:cs="华文中宋"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="18">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
-[...5 lines deleted...]
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
+    <w:uiPriority w:val="1"/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="16">
+    <w:name w:val="Normal Table"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="43"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...3 lines deleted...]
-    <w:link w:val="Char"/>
+    <w:qFormat/>
+    <w:locked/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...2 lines deleted...]
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="Char0"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="24"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="Char1"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="25"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="Times New Roman" w:cs="宋体"/>
       <w:color w:val="000000"/>
       <w:kern w:val="18"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="Plain Text"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00416221"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="26"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:cs="宋体"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="2Char"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="27"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
-      <w:ind w:leftChars="200" w:left="420"/>
+      <w:ind w:left="420" w:leftChars="200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="Char3"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="33"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00416221"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="Char4"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="29"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="Char5"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="10">
+  <w:style w:type="paragraph" w:styleId="11">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:locked/>
     <w:uiPriority w:val="39"/>
-    <w:locked/>
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
       </w:tabs>
       <w:spacing w:line="480" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="宋体" w:eastAsiaTheme="minorEastAsia" w:hAnsi="宋体"/>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="12">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="3Char"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="31"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:spacing w:after="120"/>
-      <w:ind w:leftChars="200" w:left="420"/>
+      <w:ind w:left="420" w:leftChars="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="13">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...1 lines deleted...]
-    <w:rsid w:val="00416221"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="mn-Mong-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
-[...41 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="14">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="47"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00416221"/>
-[...336 lines deleted...]
-    <w:link w:val="Char7"/>
     <w:uiPriority w:val="10"/>
-    <w:qFormat/>
-[...1 lines deleted...]
-    <w:rsid w:val="004F74EC"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Char7">
+  <w:style w:type="paragraph" w:styleId="15">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="3"/>
+    <w:next w:val="3"/>
+    <w:link w:val="44"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="17">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="16"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="59"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="19">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="18"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="20">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="18"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="18"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="22">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="18"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="标题 1 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="2"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="华文中宋" w:cs="华文中宋"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="正文文本 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="4"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+    <w:name w:val="正文文本缩进 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="5"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+    <w:name w:val="纯文本 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="6"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:cs="宋体"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="27">
+    <w:name w:val="正文文本缩进 2 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="28">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="18"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="2"/>
+      <w:szCs w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="29">
+    <w:name w:val="页脚 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="9"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="页眉 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="31">
+    <w:name w:val="正文文本缩进 3 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="12"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="32">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="33">
+    <w:name w:val="批注框文本 Char"/>
+    <w:link w:val="8"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="宋体"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="34">
+    <w:name w:val="第一条 Char Char"/>
+    <w:link w:val="35"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:hAnsi="宋体" w:eastAsia="仿宋_GB2312"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35">
+    <w:name w:val="第一条"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="34"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="500" w:lineRule="exact"/>
+      <w:ind w:firstLine="643" w:firstLineChars="200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hAnsi="宋体" w:eastAsia="仿宋_GB2312"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36">
+    <w:name w:val="列出段落1"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="37">
+    <w:name w:val="Char Char1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
+      <w:color w:val="0000FF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="38">
+    <w:name w:val="Char Char"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="39">
+    <w:name w:val="Char Char2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
+      <w:color w:val="0000FF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Char Char3"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="41">
+    <w:name w:val="Char Char21"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="42">
+    <w:name w:val="fbt"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:color w:val="AFAAAA"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="43">
+    <w:name w:val="批注文字 Char"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="3"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="44">
+    <w:name w:val="批注主题 Char"/>
+    <w:basedOn w:val="43"/>
+    <w:link w:val="15"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="45">
+    <w:name w:val="网格型1"/>
+    <w:basedOn w:val="16"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="59"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Calibri"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="47">
     <w:name w:val="标题 Char"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="af4"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="14"/>
+    <w:qFormat/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="004F74EC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7740,126 +6950,82 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
-[...28 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ADB05F6A-ACDD-4E05-8257-A17EEE6B0C5D}">
-  <ds:schemaRefs>
-[...1 lines deleted...]
-  </ds:schemaRefs>
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
-  <TotalTime></TotalTime>
+  <Company>Microsoft</Company>
   <Pages>6</Pages>
   <Words>166</Words>
   <Characters>949</Characters>
-  <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1113</CharactersWithSpaces>
-  <SharedDoc>false</SharedDoc>
-[...1 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>WPS Office_12.8.2.1119_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>上海电力大学实验室管理条例</dc:title>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>sjk-kang</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:title>上海电力大学实验室管理条例</dc:title>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-11.1.0.9912</vt:lpwstr>
+    <vt:lpwstr>2052-12.8.2.1119</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>575327E9217298F0CD7E5369A935338E_42</vt:lpwstr>
   </property>
 </Properties>
 </file>