--- v0 (2025-10-29)
+++ v1 (2026-02-20)
@@ -29,52 +29,52 @@
         <w:ind w:left="-567" w:leftChars="-270" w:right="-1226" w:rightChars="-584" w:firstLine="4935" w:firstLineChars="2350"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
         </w:rPr>
         <w:t>申购单号：            流水号：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF36582">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc43290450"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc43290505"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc77846242"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc77846242"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc43290505"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>上海电力大学仪器设备（服务）申购报告</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="7BBB64F0">
       <w:pPr>
         <w:spacing w:beforeLines="50" w:afterLines="50"/>
         <w:ind w:right="-1048" w:rightChars="-499" w:firstLine="3990" w:firstLineChars="1900"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -200,50 +200,56 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="413442E4">
             <w:pPr>
               <w:ind w:left="-107" w:leftChars="-51" w:right="-141" w:rightChars="-67"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="6A099E2F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2516" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D5CCCD5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -298,50 +304,56 @@
             <w:tcW w:w="2680" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13A009ED">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="2F27B1BF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="5967" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1209" w:type="dxa"/>
             <w:textDirection w:val="tbRlV"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AB84E6B">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
@@ -448,57 +460,70 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="144A102E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CEE2704">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1440EC97">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:ind w:firstLine="4812" w:firstLineChars="2005"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>项目负责人：</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="14" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
           <w:p w14:paraId="2896752F">
             <w:pPr>
               <w:ind w:firstLine="4812" w:firstLineChars="2005"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>申购人签名：</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AA66B18">
             <w:pPr>
               <w:ind w:firstLine="4680" w:firstLineChars="1950"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -660,50 +685,56 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>签字：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="6350A6B9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1075" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B3505DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:sz w:val="28"/>
@@ -779,50 +810,56 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>签字：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="28C4BB90">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1228" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14CED936">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:sz w:val="28"/>
@@ -895,100 +932,104 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>签字：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="25C7DCF5">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1227" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F8F27E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>申 购 部 门</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="543DF090">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>分</w:t>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>管校领导意见</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EBF4A42">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
                 <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1101,61 +1142,61 @@
     <w:p w14:paraId="7ACAEFDD">
       <w:pPr>
         <w:spacing w:afterLines="30"/>
         <w:ind w:right="-622" w:rightChars="-296"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                          申购单号：                          订货号：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A69C500">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc6485651"/>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="13" w:name="_Toc4069153"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc77846243"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc6485651"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc50369714"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc43290154"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc51239416"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc43292867"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc7420924"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc43290506"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc4069153"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc529126261"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc43290451"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>上海电力大学仪器设备（服务）申购清单</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="01FD9276">
       <w:pPr>
         <w:rPr>
@@ -3230,70 +3271,63 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mongolian Baiti">
     <w:panose1 w:val="03000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000023" w:usb1="00000000" w:usb2="00020000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="华文中宋">
     <w:panose1 w:val="02010600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000287" w:usb1="080F0000" w:usb2="00000000" w:usb3="00000000" w:csb0="0004009F" w:csb1="DFD70000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040803050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="4000045F" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="4000045F" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="6DDC68FC">
     <w:pPr>
       <w:framePr w:w="907" w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="outside" w:y="-22"/>
       <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -4805,50 +4839,51 @@
     <w:rsid w:val="00FE6EB1"/>
     <w:rsid w:val="00FF0A95"/>
     <w:rsid w:val="00FF0F1D"/>
     <w:rsid w:val="00FF15B2"/>
     <w:rsid w:val="00FF3B62"/>
     <w:rsid w:val="00FF3E1F"/>
     <w:rsid w:val="00FF4959"/>
     <w:rsid w:val="00FF4A8F"/>
     <w:rsid w:val="00FF4BA0"/>
     <w:rsid w:val="00FF4C55"/>
     <w:rsid w:val="00FF6B84"/>
     <w:rsid w:val="00FF76F5"/>
     <w:rsid w:val="19431AF1"/>
     <w:rsid w:val="28BC19AE"/>
     <w:rsid w:val="31854AAE"/>
     <w:rsid w:val="34F922BE"/>
     <w:rsid w:val="35C23234"/>
     <w:rsid w:val="3DDE67D0"/>
     <w:rsid w:val="3F7F6231"/>
     <w:rsid w:val="456E0DCD"/>
     <w:rsid w:val="4EF34D2E"/>
     <w:rsid w:val="644046CB"/>
     <w:rsid w:val="6A8008DD"/>
     <w:rsid w:val="6C071647"/>
     <w:rsid w:val="78972985"/>
+    <w:rsid w:val="DFB3A087"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="1"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:doNotAutoCompressPictures/>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
@@ -4868,110 +4903,110 @@
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 1" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 3" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 4" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 5" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 6" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 7" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 8" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="index 9" w:locked="1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="toc 1" w:locked="1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 2" w:locked="1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 3" w:locked="1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 4" w:locked="1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 5" w:locked="1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 6" w:locked="1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 7" w:locked="1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 8" w:locked="1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 9" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Normal Indent" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="footnote text" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation text" w:locked="1"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
     <w:lsdException w:uiPriority="99" w:name="index heading" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="table of figures" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="envelope address" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="envelope return" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="footnote reference" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation reference" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="line number" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="page number"/>
     <w:lsdException w:uiPriority="99" w:name="endnote reference" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="endnote text" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="table of authorities" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="macro" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="toa heading" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Number" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List 3" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List 4" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List 5" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 3" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 4" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Bullet 5" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 3" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 4" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Number 5" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Closing" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Signature" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Body Text Indent"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 3" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 4" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="List Continue 5" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Message Header" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Salutation" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Date" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Note Heading" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Body Text 3" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text Indent 2"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text Indent 3"/>
     <w:lsdException w:uiPriority="99" w:name="Block Text" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Strong" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Document Map" w:locked="1"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
     <w:lsdException w:uiPriority="99" w:name="E-mail Signature" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:semiHidden="0" w:name="Normal (Web)" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Acronym" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Address" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Cite" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Code" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Definition" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Keyboard" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Preformatted" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Sample" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Typewriter" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="HTML Variable" w:locked="1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
     <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation subject" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 1" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Simple 3" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 1" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 3" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Classic 4" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 1" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 2" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Colorful 3" w:locked="1"/>
     <w:lsdException w:uiPriority="99" w:name="Table Columns 1" w:locked="1"/>
@@ -5162,167 +5197,173 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="43"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:locked/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="24"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="25"/>
     <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="Times New Roman" w:cs="宋体"/>
       <w:color w:val="000000"/>
       <w:kern w:val="18"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="26"/>
+    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:cs="宋体"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="27"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="420" w:leftChars="200"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="33"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="29"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="header"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="30"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="11">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
     <w:locked/>
     <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
       </w:tabs>
       <w:spacing w:line="480" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="12">
     <w:name w:val="Body Text Indent 3"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="31"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="420" w:leftChars="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="13">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="1"/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
@@ -5649,72 +5690,75 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="41">
     <w:name w:val="Char Char21"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="42">
     <w:name w:val="fbt"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:color w:val="AFAAAA"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="43">
     <w:name w:val="批注文字 Char"/>
     <w:basedOn w:val="18"/>
     <w:link w:val="3"/>
     <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="44">
     <w:name w:val="批注主题 Char"/>
     <w:basedOn w:val="43"/>
     <w:link w:val="15"/>
     <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="45">
     <w:name w:val="网格型1"/>
     <w:basedOn w:val="16"/>
+    <w:qFormat/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="46">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
@@ -6010,52 +6054,52 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" StyleName="APA"/>
-
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AB20584-FB5F-4859-BC59-23C034F4830A}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Company>Microsoft</Company>
   <Pages>2</Pages>
   <Words>120</Words>
   <Characters>689</Characters>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>808</CharactersWithSpaces>
   <Application>WPS Office_12.8.2.1119_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>