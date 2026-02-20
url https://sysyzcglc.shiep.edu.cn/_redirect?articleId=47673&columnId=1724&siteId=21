--- v0 (2025-10-29)
+++ v1 (2026-02-20)
@@ -1,12208 +1,11822 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="0CDD098C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="0CDD098C">
       <w:pPr>
-        <w:ind w:firstLineChars="2650" w:firstLine="6360"/>
+        <w:ind w:firstLine="6360" w:firstLineChars="2650"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>编号：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C4004D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="16C4004D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="784C458A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="784C458A">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2114A87C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="2114A87C">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30905F82" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="30905F82">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc43290507"/>
-      <w:bookmarkStart w:id="1" w:name="_Toc43290452"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc43290452"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc43290507"/>
       <w:bookmarkStart w:id="2" w:name="_Toc77846244"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>上海电力大学</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="2DACDC7D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="2DACDC7D">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120"/>
+        <w:spacing w:before="120" w:beforeLines="50"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc43292869"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc43290156"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc43290156"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc77846245"/>
       <w:bookmarkStart w:id="5" w:name="_Toc4069155"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc43290453"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="10" w:name="_Toc77846245"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc43290508"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc51239418"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc43292869"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc50369716"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc43290453"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>实验室建设立项申请书</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="5B936E37" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="5B936E37">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41F826C5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="41F826C5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67F437E5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="67F437E5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F112E5A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="1F112E5A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="712BE438" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="712BE438">
       <w:pPr>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
-        <w:ind w:leftChars="270" w:left="567"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
+        <w:ind w:left="567" w:leftChars="270"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="10"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="10"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>申报院（部）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="10"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="10"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="10"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="10"/>
           <w:kern w:val="0"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BDF3B05" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="3BDF3B05">
       <w:pPr>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
-        <w:ind w:leftChars="270" w:left="567"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
+        <w:ind w:left="567" w:leftChars="270"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="30"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="30"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>实验室名称</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F12415">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="30"/>
           <w:kern w:val="0"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F224E2" w:rsidRPr="00F12415">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="30"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>（</w:t>
-[...23 lines deleted...]
-        <w:t>按照所属实验室全称填写）</w:t>
+        <w:t>（请严格按照所属实验室全称填写）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="30"/>
           <w:kern w:val="0"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DE80043" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="7DE80043">
       <w:pPr>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
-        <w:ind w:leftChars="270" w:left="567"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
+        <w:ind w:left="567" w:leftChars="270"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="10"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">项 目 名 称 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:spacing w:val="10"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485EF530" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="485EF530">
       <w:pPr>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
-        <w:ind w:leftChars="270" w:left="567"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
+        <w:ind w:left="567" w:leftChars="270"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">适用学科专业 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF10D2C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="7DF10D2C">
       <w:pPr>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
-        <w:ind w:firstLineChars="200" w:firstLine="560"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
+        <w:ind w:firstLine="560" w:firstLineChars="200"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23934FEA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="23934FEA">
       <w:pPr>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
-        <w:ind w:firstLineChars="200" w:firstLine="560"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
+        <w:ind w:firstLine="560" w:firstLineChars="200"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>项</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>目</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>负</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>责</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>签名</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="656D9275" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="656D9275">
       <w:pPr>
-        <w:spacing w:beforeLines="200" w:before="480" w:afterLines="100" w:after="240"/>
-        <w:ind w:firstLineChars="200" w:firstLine="560"/>
+        <w:spacing w:before="480" w:beforeLines="200" w:after="240" w:afterLines="100"/>
+        <w:ind w:firstLine="560" w:firstLineChars="200"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>院</w:t>
-[...35 lines deleted...]
-        <w:t>负责人</w:t>
+        <w:t>院（部）负责人</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>签名</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3798732A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="3798732A">
       <w:pPr>
-        <w:spacing w:beforeLines="200" w:before="480" w:afterLines="100" w:after="240"/>
-        <w:ind w:firstLineChars="200" w:firstLine="560"/>
+        <w:spacing w:before="480" w:beforeLines="200" w:after="240" w:afterLines="100"/>
+        <w:ind w:firstLine="560" w:firstLineChars="200"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>申</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>请</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>立</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>项</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>日</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">期 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E86D1DF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="6E86D1DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="452E3A05" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="452E3A05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19749BC6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="19749BC6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="100" w:before="240" w:afterLines="100" w:after="240"/>
+        <w:spacing w:before="240" w:beforeLines="100" w:after="240" w:afterLines="100"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2988B91F" w14:textId="77777777" w:rsidR="004313FB" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="2988B91F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7513"/>
         </w:tabs>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>实验室与资产管理处编制</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D32AAF5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="004313FB" w:rsidP="007655A3">
+    <w:p w14:paraId="7D32AAF5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:spacing w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
-      <w:r w:rsidRPr="00065A49">
-[...1 lines deleted...]
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>此表仅限于校内使用</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD56AE6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="1BD56AE6">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6572B0A0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="6572B0A0">
       <w:pPr>
-        <w:spacing w:afterLines="50" w:after="120"/>
+        <w:spacing w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>一、项目综述</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8569" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="791"/>
         <w:gridCol w:w="1369"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="286"/>
         <w:gridCol w:w="737"/>
         <w:gridCol w:w="1245"/>
         <w:gridCol w:w="83"/>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="475"/>
         <w:gridCol w:w="1227"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="247AFAD0" w14:textId="77777777">
+      <w:tr w14:paraId="247AFAD0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="495"/>
+          <w:trHeight w:val="495" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BEED75E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="7BEED75E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>项目基本</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14C92AE9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="14C92AE9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="047FE691" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="047FE691">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>项目名称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6409" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39BD0BD0" w14:textId="286CE339" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00EF1B6E">
+          <w:p w14:paraId="39BD0BD0">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="7F7CA88D" w14:textId="77777777">
+      <w:tr w14:paraId="7F7CA88D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="495"/>
+          <w:trHeight w:val="495" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1CF4C5A5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CF4C5A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="754F1ABD" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="754F1ABD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>实验室类型</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6409" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C1AFA8" w14:textId="676B8C5C" w:rsidR="00C03FA9" w:rsidRDefault="00000000">
+          <w:p w14:paraId="76C1AFA8">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 </w:rPr>
-                <w:id w:val="-966353859"/>
+                <w:id w:val="-1"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00CF1FA8">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...1 lines deleted...]
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D921CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t xml:space="preserve">基础   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 </w:rPr>
                 <w:id w:val="808986722"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00EF1B6E">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...1 lines deleted...]
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D921CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t xml:space="preserve">专业基础   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 </w:rPr>
-                <w:id w:val="-751584712"/>
+                <w:id w:val="91704304"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00F9344A">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...1 lines deleted...]
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D921CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t xml:space="preserve">专业   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 </w:rPr>
                 <w:id w:val="1981571312"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00F9344A">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...9 lines deleted...]
-              <w:t>其他</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 其他</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="12874013" w14:textId="77777777">
+      <w:tr w14:paraId="12874013">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="495"/>
+          <w:trHeight w:val="495" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6C5B3869" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5B3869">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="028FF27C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="028FF27C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>建设项目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6409" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
-          <w:p w14:paraId="67562688" w14:textId="2650BB60" w:rsidR="00C03FA9" w:rsidRDefault="00000000" w:rsidP="00FA10B4">
+          <w:p w14:paraId="67562688">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 </w:rPr>
-                <w:id w:val="-996953660"/>
+                <w:id w:val="886412326"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00F9344A">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 新建实验室   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 </w:rPr>
-                <w:id w:val="-1982298697"/>
+                <w:id w:val="67628772"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00764589">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 实验设备添置   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 </w:rPr>
-                <w:id w:val="-848091218"/>
+                <w:id w:val="386793480"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00764589">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...14 lines deleted...]
-              <w:pStyle w:val="af9"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 实验技术改进</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F11250B">
+            <w:pPr>
+              <w:pStyle w:val="32"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
-              <w:ind w:firstLineChars="0" w:firstLine="0"/>
+              <w:ind w:firstLine="0" w:firstLineChars="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 </w:rPr>
                 <w:id w:val="1800790976"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00764589">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...15 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 实验室扩建   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 </w:rPr>
                 <w:id w:val="378057821"/>
                 <w:lock w:val="sdtLocked"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00764589">
+                <w:r>
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="宋体" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="宋体"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00D921CE">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 其他（</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>填写具体内容</w:t>
             </w:r>
-            <w:r w:rsidR="000E34DA">
-[...1 lines deleted...]
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t>）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FC70E94" w14:textId="77777777" w:rsidR="005F4AEC" w:rsidRPr="005F4AEC" w:rsidRDefault="005F4AEC" w:rsidP="005F4AEC">
+          <w:p w14:paraId="7FC70E94">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="210"/>
               </w:tabs>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005F4AEC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>注：如建设项目是新建或扩建</w:t>
-[...20 lines deleted...]
-              <w:t>。</w:t>
+              <w:t>注：如建设项目是新建或扩建，请同时提供该实验室的风险评估表。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="1A496657" w14:textId="77777777">
+      <w:tr w14:paraId="1A496657">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="495"/>
+          <w:trHeight w:val="495" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="69B1D990" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B1D990">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66F46026" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="66F46026">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>项目总金额</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3008" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48196ECA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="48196ECA">
             <w:pPr>
               <w:ind w:right="840"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>万元</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12BC252F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="12BC252F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>经费来源</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56EB41D5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="56EB41D5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="1116C902" w14:textId="77777777">
+      <w:tr w14:paraId="1116C902">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="495"/>
+          <w:trHeight w:val="495" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE7E8E8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="0CE7E8E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>项目负责人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37DEC2D4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="37DEC2D4">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
-[...13 lines deleted...]
-              <w:t>名</w:t>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t>姓    名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77E521D8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="77E521D8">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C504BB6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="2C504BB6">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t>性别</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F7562DB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1F7562DB">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="929" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="755E27F3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="755E27F3">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t>职称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="382F7E8D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="382F7E8D">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="0546D60F" w14:textId="77777777">
+      <w:tr w14:paraId="0546D60F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="322A06C7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="322A06C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1152CADA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="1152CADA">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t>联系电话</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="303CB668" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="303CB668">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="242E89E0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="242E89E0">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t>职务</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="286C24E7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="286C24E7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="929" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D0732E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="57D0732E">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1227" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72DF8D91" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="72DF8D91">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="37A10246" w14:textId="77777777">
+      <w:tr w14:paraId="37A10246">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="098EC3F6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="098EC3F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>项</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="450064EC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="450064EC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>目</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B2C802F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="3B2C802F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>组</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="353E6BBC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="353E6BBC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>成</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36B7CAE9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="36B7CAE9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>员</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43F02EA7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="43F02EA7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
-[...13 lines deleted...]
-              <w:t>名</w:t>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t>姓    名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="703A869F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="703A869F">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
-[...13 lines deleted...]
-              <w:t>称</w:t>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
+              </w:rPr>
+              <w:t>职    称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="104B6652" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="104B6652">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
               </w:rPr>
               <w:t>在项目中分工</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="1E01F630" w14:textId="77777777">
+      <w:tr w14:paraId="1E01F630">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="36E110E5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E110E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7351F662" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7351F662">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A65FB99" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2A65FB99">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2571E8F0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2571E8F0">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="77B39CDC" w14:textId="77777777">
+      <w:tr w14:paraId="77B39CDC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C4E4F5A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4E4F5A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73470735" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="73470735">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06EC8274" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="06EC8274">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A555BE8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3A555BE8">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="50859835" w14:textId="77777777">
+      <w:tr w14:paraId="50859835">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="40958BFF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40958BFF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44289B04" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="44289B04">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64CFB913" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="64CFB913">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FFBF8D4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0FFBF8D4">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="53E82D04" w14:textId="77777777">
+      <w:tr w14:paraId="53E82D04">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="302D1620" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="302D1620">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB6A08B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4CB6A08B">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1539C2F3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1539C2F3">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4424" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63F89E92" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="63F89E92">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="5C79F72A" w14:textId="77777777">
+      <w:tr w14:paraId="5C79F72A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D13D476" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="0D13D476">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>实验场地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CCA7CD2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="4CCA7CD2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>拟用地址</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6409" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F2368D9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0F2368D9">
             <w:pPr>
               <w:ind w:right="480"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="26C7B52E" w14:textId="77777777">
+      <w:tr w14:paraId="26C7B52E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="505"/>
+          <w:trHeight w:val="505" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="791" w:type="dxa"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E0BF826" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0BF826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C3BA73E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:p w14:paraId="3C3BA73E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>面积需求</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6409" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="578BBC68" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:right="900" w:firstLineChars="700" w:firstLine="1470"/>
+          <w:p w14:paraId="578BBC68">
+            <w:pPr>
+              <w:ind w:right="900" w:firstLine="1470" w:firstLineChars="700"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="1F122C45" w14:textId="77777777">
+      <w:tr w14:paraId="1F122C45">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="480"/>
+          <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8569" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="567E5F8E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="567E5F8E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>项目建设必要性</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4924AD1E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...7 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:p w14:paraId="4924AD1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>【立项依据：国内外高校同类实验设施的比较研究，本实验室及其主要设备在教学中的地位与作用、该项目所承担教学、科研等任务，原有设备使用率、新旧程度等。依据专业教学计划，合理设置实验（训）项目，特别是综合性、设计性、研究性实验（训）项目的开发和实施。】</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="04AADE30" w14:textId="77777777">
+      <w:tr w14:paraId="04AADE30">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2923"/>
+          <w:trHeight w:val="2923" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8569" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="17391AC7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...143 lines deleted...]
-          <w:p w14:paraId="7E75B4ED" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="17391AC7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04C4F141">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1267FD7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A748B10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2407B8CF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5749A86D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FCF4586">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DAAFD0D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73BA8741">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55E3B6E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1BECCA82">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6621AA1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34878F39">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F8E4723">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="204BE3DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A710FBE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E75B4ED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="4938A1BB" w14:textId="77777777">
+      <w:tr w14:paraId="4938A1BB">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="368"/>
+          <w:trHeight w:val="368" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8569" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A1A951B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="2A1A951B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>项目建设可行性</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58D6F317" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="58D6F317">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>【主要包括用房、人员、设备利用率等，即在考虑教学组织形式、管理方式的基础上，如何在设备选型、配置、建设进度安排等方面综合考虑效益、效率和效果，提高投资效益和设备设施的利用率。】</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="2D5A88E9" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="2D5A88E9">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="4242"/>
+          <w:trHeight w:val="4242" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8569" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="49647147" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="49647147">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="04EB4C1B" w14:textId="77777777">
+      <w:tr w14:paraId="04EB4C1B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="411"/>
+          <w:trHeight w:val="411" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8569" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05431D80" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="05431D80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>建设目标</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ACF7C95" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:p w14:paraId="7ACF7C95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>【建设的预期目标，要能够满足教学的多样性需求：如教学实验的需求，即能完成哪些实验项目，能实现哪些学生实验目标；为以后的教学研究提供保障和可持续发展平台。】</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="5262ABE9" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="5262ABE9">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="4924"/>
+          <w:trHeight w:val="4924" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8569" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
           </w:tcPr>
-          <w:p w14:paraId="43EF6781" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="43EF6781">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="4B7F6F93" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="4B7F6F93">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E69E0A3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRPr="00330D03" w:rsidRDefault="00D921CE">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="2E69E0A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00330D03">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>经</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EDBA2A2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRPr="00330D03" w:rsidRDefault="00D921CE">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="2EDBA2A2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00330D03">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>费</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AFAFD63" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRPr="00330D03" w:rsidRDefault="00D921CE">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="3AFAFD63">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00330D03">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>预</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49D7A551" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:p w14:paraId="49D7A551">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>算</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70EDF2E8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRPr="00330D03" w:rsidRDefault="00D921CE">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="70EDF2E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00330D03">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>用途</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="738CB05B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRPr="00330D03" w:rsidRDefault="00D921CE">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="738CB05B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00330D03">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>金额</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7756797C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRPr="00330D03" w:rsidRDefault="00D921CE">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="7756797C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00330D03">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>时间</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="586E92B6" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="586E92B6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="72E83909" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E83909">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51E0F7EB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="51E0F7EB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E93D0B5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="3E93D0B5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47BA7D88" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="47BA7D88">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="70C6DEF6" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="70C6DEF6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="24FF34D3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FF34D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9A3AEC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="6D9A3AEC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50D35962" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="50D35962">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5718E2EF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="5718E2EF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="5ADAEAC0" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="5ADAEAC0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1864720A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1864720A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6077A80C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="6077A80C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6976B9F6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="6976B9F6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AC8F7E6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="0AC8F7E6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="6D8B4184" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="6D8B4184">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1B6CAA6F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B6CAA6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D32045" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="32D32045">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6889B687" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="6889B687">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="062C537B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="062C537B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="5B282381" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="5B282381">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="125D48C3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="125D48C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FBD1238" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="1FBD1238">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3370BCB8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="3370BCB8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2073" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0704B889" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="0704B889">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="3980ED34" w14:textId="77777777" w:rsidTr="00330D03">
+      <w:tr w14:paraId="3980ED34">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="567" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:vMerge/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2DE6ED7F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE6ED7F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2271" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F31EE9E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:p w14:paraId="0F31EE9E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>经费合计（万元）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4138" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="099BCFD6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:p w14:paraId="099BCFD6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="宋体" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2218C107" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="2218C107">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00C03FA9" w:rsidSect="00A21D3E">
-          <w:footerReference w:type="default" r:id="rId9"/>
+        <w:sectPr>
+          <w:footerReference r:id="rId3" w:type="default"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="851" w:footer="680" w:gutter="0"/>
-          <w:cols w:space="425"/>
-          <w:docGrid w:linePitch="312"/>
+          <w:cols w:space="425" w:num="1"/>
+          <w:docGrid w:linePitch="312" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AB1FAEB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="2AB1FAEB">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="14269" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="803"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2409"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="0B21D12E" w14:textId="77777777">
+      <w:tr w14:paraId="0B21D12E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="670"/>
+          <w:trHeight w:val="670" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14269" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w14:paraId="08F3C6E4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="08F3C6E4">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>拟购仪器设备清单</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="3A108BBE" w14:textId="77777777">
+      <w:tr w14:paraId="3A108BBE">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="67"/>
+          <w:trHeight w:val="67" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B62759A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="2B62759A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>序号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B466F01" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7B466F01">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>仪器设备名称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="581D864D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="581D864D">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>型号规格</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>技术参数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FB62B6F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7FB62B6F">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>拟购</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AAD3E02" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="0AAD3E02">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>数量</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33308FCB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="33308FCB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>原有</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69093A02" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="69093A02">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>数量</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="220341B6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="220341B6">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>单价</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71FC9491" w14:textId="77777777" w:rsidR="00171646" w:rsidRDefault="00171646">
+          <w:p w14:paraId="71FC9491">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>（万元）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01DC7A63" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="01DC7A63">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>总价</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="024FD740" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="024FD740">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>（万元）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0156F8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="4C0156F8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>参考厂商</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A7232B7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="6A7232B7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>实验</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>科研项目</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="5F02E3DF" w14:textId="77777777">
+      <w:tr w14:paraId="5F02E3DF">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="448" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27CDDC21" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="27CDDC21">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F82AB3E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1F82AB3E">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72F02769" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="72F02769">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0224E8B3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0224E8B3">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CFFD0C0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5CFFD0C0">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF838A8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5CF838A8">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39A26CE2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="39A26CE2">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2737EA80" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2737EA80">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="272C0685" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="272C0685">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="0A9DC256" w14:textId="77777777">
+      <w:tr w14:paraId="0A9DC256">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="448" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CECCDC3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0CECCDC3">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="739E6CF5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="739E6CF5">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FC6D8E9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1FC6D8E9">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7C1752" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2A7C1752">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="759772DD" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="759772DD">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1E6C77" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4E1E6C77">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0033E587" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0033E587">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61F92CC7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="61F92CC7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F37CC1A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2F37CC1A">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="615C299F" w14:textId="77777777">
+      <w:tr w14:paraId="615C299F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="448" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61351C41" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="61351C41">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D89E099" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4D89E099">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7A3881" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3D7A3881">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14D68E6C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="14D68E6C">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06228BBF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="06228BBF">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7657CEF0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7657CEF0">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21AAC201" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="21AAC201">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE15ABC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2EE15ABC">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1662A4E2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1662A4E2">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="273A25EC" w14:textId="77777777">
+      <w:tr w14:paraId="273A25EC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="448" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27B5A975" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="27B5A975">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F32A82B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7F32A82B">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="556A8270" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="556A8270">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="721AF699" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="721AF699">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F734BB6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0F734BB6">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="552C4FF8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="552C4FF8">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2004C88B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2004C88B">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="728E421A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="728E421A">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="568AD5D5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="568AD5D5">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="085E08BC" w14:textId="77777777">
+      <w:tr w14:paraId="085E08BC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="448" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CCD8488" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7CCD8488">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73623F47" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="73623F47">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B2279F6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1B2279F6">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14AD8CE4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="14AD8CE4">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6102B4FB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6102B4FB">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE5FD31" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3FE5FD31">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="752F0BE0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="752F0BE0">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28E790BB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="28E790BB">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56A80F41" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="56A80F41">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="2579716E" w14:textId="77777777">
+      <w:tr w14:paraId="2579716E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="448" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A81B8CA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1A81B8CA">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9AE277" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7D9AE277">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39EEDB34" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="39EEDB34">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B5C29FE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1B5C29FE">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39C3AF6B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="39C3AF6B">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="232D73EA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="232D73EA">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21C49BE5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="21C49BE5">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E9D6966" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0E9D6966">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47E1334A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="47E1334A">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="0018CC34" w14:textId="77777777">
+      <w:tr w14:paraId="0018CC34">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="448" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="803" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F0150BE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3F0150BE">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30836350" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="30836350">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B85C92E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3B85C92E">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1683D0BD" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1683D0BD">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59EBB322" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="59EBB322">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4243FC56" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4243FC56">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4534590A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4534590A">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0448C0C2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0448C0C2">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76178A12" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="76178A12">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="12CD9465" w14:textId="77777777">
+      <w:tr w14:paraId="12CD9465">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="400"/>
+          <w:trHeight w:val="400" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14269" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w14:paraId="525E9D83" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="525E9D83">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="44"/>
                 <w:szCs w:val="44"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>经费合计（万元）：</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="0AAA006B" w14:textId="77777777">
+      <w:tr w14:paraId="0AAA006B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1629"/>
+          <w:trHeight w:val="1629" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14269" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
           </w:tcPr>
-          <w:p w14:paraId="73C293B8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="73C293B8">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
-                <w:rFonts w:ascii="楷体" w:eastAsia="楷体" w:hAnsi="楷体" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="楷体" w:eastAsia="楷体" w:hAnsi="楷体" w:cs="楷体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="楷体" w:hAnsi="楷体" w:eastAsia="楷体" w:cs="楷体"/>
               </w:rPr>
               <w:t>（注：为避免重复购置，请在此处简述已有同类设备型号规格、主要功能等信息，并阐述本次购买理由。如无同类设备请填无。）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36DEC50A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="36DEC50A">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="420"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:ind w:firstLine="420" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
-[...8 lines deleted...]
-        <w:t>注：对专业性较强的设备可适当提供相应的生产及供货厂商。设备名称、规格型号的填写要求规范，一定要是商品或货物的标准名称及规格型</w:t>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋_GB2312"/>
+        </w:rPr>
+        <w:t>【注：对专业性较强的设备可适当提供相应的生产及供货厂商。设备名称、规格型号的填写要求规范，一定要是商品或货物的标准名称及规格型</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B39E501" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="1B39E501">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋_GB2312"/>
         </w:rPr>
         <w:t>号，没有型号也要标明技术参数以免对招标采购造成困惑。】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17131F13" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="17131F13">
       <w:pPr>
         <w:ind w:firstLine="405"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
-[...8 lines deleted...]
-        <w:t>设备数量的确定，要考虑教学组织形式和管理方式，以及满足综合利用的需要，综合考虑效益、效率和效果，提高投资效益和设备设施的利用</w:t>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋_GB2312"/>
+        </w:rPr>
+        <w:t>【设备数量的确定，要考虑教学组织形式和管理方式，以及满足综合利用的需要，综合考虑效益、效率和效果，提高投资效益和设备设施的利用</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="539BC8DC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="539BC8DC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋_GB2312"/>
         </w:rPr>
         <w:t>率。】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A75792A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="1A75792A">
       <w:pPr>
         <w:ind w:firstLine="405"/>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋_GB2312"/>
         </w:rPr>
         <w:t>【</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="楷体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="楷体"/>
         </w:rPr>
         <w:t>内容较多时可另行附页。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋_GB2312"/>
         </w:rPr>
         <w:t>】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B6008C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="27B6008C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1985"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="exact"/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:sectPr w:rsidR="00C03FA9" w:rsidSect="00A21D3E">
+        <w:sectPr>
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
           <w:pgMar w:top="777" w:right="1440" w:bottom="777" w:left="1440" w:header="851" w:footer="992" w:gutter="0"/>
-          <w:cols w:space="425"/>
+          <w:cols w:space="425" w:num="1"/>
           <w:formProt w:val="0"/>
-          <w:docGrid w:linePitch="312"/>
+          <w:docGrid w:linePitch="312" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C3FCEDC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="0C3FCEDC">
       <w:pPr>
-        <w:spacing w:afterLines="50" w:after="120"/>
+        <w:spacing w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>二、项目建设的预期效益</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EF72CA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="06EF72CA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>实验教学</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1354"/>
         <w:gridCol w:w="2115"/>
         <w:gridCol w:w="725"/>
         <w:gridCol w:w="725"/>
         <w:gridCol w:w="725"/>
         <w:gridCol w:w="794"/>
         <w:gridCol w:w="963"/>
         <w:gridCol w:w="1671"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="5A78E71A" w14:textId="77777777">
+      <w:tr w14:paraId="5A78E71A">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B1370F2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="2B1370F2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>课程名称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23E0CB48" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="23E0CB48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>教学实验项目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01E35B0F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="01E35B0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>项目</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A28F005" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="0A28F005">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>类型</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F8CB1AE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="5F8CB1AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>学时数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33894415" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="33894415">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>小组人数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3405A90E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="3405A90E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>实验</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5833463E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="5833463E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>人数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="421A8F4A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="421A8F4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>总人时</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0FF7F0C3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="0FF7F0C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>数</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35DC2B61" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="35DC2B61">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>面向专业</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="5C496D72" w14:textId="77777777">
+      <w:tr w14:paraId="5C496D72">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B46B97E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6B46B97E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="134709F1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="134709F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27551D12" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="27551D12">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07491010" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="07491010">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18F9E518" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="18F9E518">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45D694CC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="45D694CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54173019" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="54173019">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="189D0EB1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="189D0EB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="4F15BD1B" w14:textId="77777777">
+      <w:tr w14:paraId="4F15BD1B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07F8A3C1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="07F8A3C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68AEE7D2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="68AEE7D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="190052C9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="190052C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C74A749" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3C74A749">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6242732F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6242732F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A49BFD9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2A49BFD9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A519F47" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6A519F47">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58585084" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="58585084">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="063198CA" w14:textId="77777777">
+      <w:tr w14:paraId="063198CA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="100496E5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="100496E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B1D79C1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1B1D79C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54D49B2F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="54D49B2F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B522B25" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7B522B25">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4E18D0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1A4E18D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="411AAC78" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="411AAC78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37574751" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="37574751">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A57D275" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2A57D275">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="656443B6" w14:textId="77777777">
+      <w:tr w14:paraId="656443B6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37BF3F65" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="37BF3F65">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EEFE081" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3EEFE081">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13849466" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="13849466">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="603DD73B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="603DD73B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F76EBE5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3F76EBE5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50447486" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="50447486">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D372BB1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6D372BB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78941E88" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="78941E88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="6B921CB4" w14:textId="77777777">
+      <w:tr w14:paraId="6B921CB4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52868425" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="52868425">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D884FEB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0D884FEB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="416EA0FE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="416EA0FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C231A12" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4C231A12">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79AC10A8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="79AC10A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5908015A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5908015A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2328D182" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2328D182">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFA2CB5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6FFA2CB5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="775902C7" w14:textId="77777777">
+      <w:tr w14:paraId="775902C7">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F641675" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5F641675">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DBE6417" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1DBE6417">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C129B2D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2C129B2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60D7D880" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="60D7D880">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53998775" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="53998775">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43EE6EFE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="43EE6EFE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D24D7CC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2D24D7CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7977788F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7977788F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="0E5104EC" w14:textId="77777777">
+      <w:tr w14:paraId="0E5104EC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCC7DD0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2CCC7DD0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C034F3B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3C034F3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66036CE3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="66036CE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C75343B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2C75343B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27618743" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="27618743">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="638EE849" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="638EE849">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C721547" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7C721547">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FA7400D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3FA7400D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="07C37E93" w14:textId="77777777">
+      <w:tr w14:paraId="07C37E93">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1354" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55368F2D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="55368F2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="291F8917" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="291F8917">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39DB05BB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="39DB05BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2277B0A0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2277B0A0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="725" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64BFADDC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="64BFADDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="794" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="287DB28E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="287DB28E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="963" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7937BF0F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7937BF0F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA99B9B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6AA99B9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71DB8B24" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="71DB8B24">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
         </w:rPr>
         <w:t>【项目类型为验证、综合、设计性。在实验（训）项目设置上要尽量减少不必要的验证性实验（训）项目，综合性、设计性和研究性实验（训）项目要占一定的比例，保证实验（训）项目开出率达到</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体"/>
+          <w:rFonts w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
         </w:rPr>
         <w:t>100%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
         </w:rPr>
         <w:t>。】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E75D7B2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="0E75D7B2">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（文字说明）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E085A1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="59E085A1">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="157353A6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="157353A6">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="045CB8D6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="045CB8D6">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="742B9FB0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="742B9FB0">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="489A1ABF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="489A1ABF">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B00FC4F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="5B00FC4F">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FDC4441" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="4FDC4441">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="50335E7C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="50335E7C">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DBC91F6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="5DBC91F6">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26387F2F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="26387F2F">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6073E85E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="6073E85E">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59A64420" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="59A64420">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A9061A1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="5A9061A1">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6FFE4DCE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="6FFE4DCE">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09FBBC65" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="09FBBC65">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1977192E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="1977192E">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="090DACD1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="090DACD1">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CAB7CC1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="6CAB7CC1">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09DDE61D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="09DDE61D">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20D18C87" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="20D18C87">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2208CE0B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="2208CE0B">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46D53BE9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="46D53BE9">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D683128" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="7D683128">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2132D1BB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="2132D1BB">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35A4B2B3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="35A4B2B3">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A68469C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="0A68469C">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D699062" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="5D699062">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35D4E4E8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="35D4E4E8">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>科学研究</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8917" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1208"/>
         <w:gridCol w:w="1659"/>
         <w:gridCol w:w="1712"/>
         <w:gridCol w:w="1721"/>
         <w:gridCol w:w="890"/>
         <w:gridCol w:w="1727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="215E3BEA" w14:textId="77777777">
+      <w:tr w14:paraId="215E3BEA">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="435E61F0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="435E61F0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>序号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16DFFCDF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="16DFFCDF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>科研主要方向</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29F4B1D5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="29F4B1D5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>科研实验项目</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B570269" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="2B570269">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>课题来源</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44043B4E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="44043B4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>时数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7163EBE9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7163EBE9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>总时数</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="4EA75D4D" w14:textId="77777777">
+      <w:tr w14:paraId="4EA75D4D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="372D33A2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="372D33A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C22AD75" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5C22AD75">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39655904" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="39655904">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0014BD6F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0014BD6F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36B3E9AC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="36B3E9AC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F18349E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2F18349E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="51E028B6" w14:textId="77777777">
+      <w:tr w14:paraId="51E028B6">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05B32CE4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="05B32CE4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45CDD91B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="45CDD91B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="050EB615" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="050EB615">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="206BEBDE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="206BEBDE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67446BE1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="67446BE1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46EB7479" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="46EB7479">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="316C1EFE" w14:textId="77777777">
+      <w:tr w14:paraId="316C1EFE">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F86B765" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="1F86B765">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E36590A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0E36590A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="560282B6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="560282B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="395D7528" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="395D7528">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51644EBB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="51644EBB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="102D358D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="102D358D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="2297F48E" w14:textId="77777777">
+      <w:tr w14:paraId="2297F48E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEDB5AA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="1BEDB5AA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="095F07DD" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="095F07DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DBD593E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1DBD593E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="04155C98" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="04155C98">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="428DE81E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="428DE81E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="590EA9E1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="590EA9E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="2C2426D4" w14:textId="77777777">
+      <w:tr w14:paraId="2C2426D4">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A8DC0EE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="3A8DC0EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2F4007" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6B2F4007">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EB83705" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0EB83705">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2372A3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4C2372A3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06F1BD6C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="06F1BD6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02FC826C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="02FC826C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="7B302D59" w14:textId="77777777">
+      <w:tr w14:paraId="7B302D59">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01F25256" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="01F25256">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="484D6404" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="484D6404">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C02BED4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5C02BED4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="705F9F88" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="705F9F88">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F78206A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1F78206A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E804DA9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5E804DA9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="226E510D" w14:textId="77777777">
+      <w:tr w14:paraId="226E510D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0248B130" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="0248B130">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39C229AC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="39C229AC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68C57DE8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="68C57DE8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7C16A1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7B7C16A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="627D0729" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="627D0729">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7188A6A7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7188A6A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="555D0424" w14:textId="77777777">
+      <w:tr w14:paraId="555D0424">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="397"/>
+          <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1208" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D282747" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7D282747">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0877BA8B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0877BA8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1712" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="743C21C3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="743C21C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41E829AE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="41E829AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0293CB29" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0293CB29">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE59A4A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7AE59A4A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C74C233" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="6C74C233">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（文字说明）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564B18A9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="564B18A9">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19FDE83C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="19FDE83C">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CC2FB4C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="3CC2FB4C">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F2F609D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="1F2F609D">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="779A1DE1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="779A1DE1">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E793F71" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="6E793F71">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C83B1E2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="3C83B1E2">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="234C113B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="234C113B">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>创新创业</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383DCE04" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="383DCE04">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（文字说明）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3615312B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="3615312B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="660BFD8F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="660BFD8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="750B46F7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="750B46F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CAE60C6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="4CAE60C6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58C36D43" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="58C36D43">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C437B4E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="5C437B4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23DE429E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="23DE429E">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>社会服务</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20AE74BA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="20AE74BA">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（文字说明）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC0C86E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="5FC0C86E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01D5FB08" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="01D5FB08">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="090C17EF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="090C17EF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FFEDDE1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="2FFEDDE1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F92D818" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="5F92D818">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F78F9BC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="1F78F9BC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F115764" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="7F115764">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>其他（保卫安防、信息化管理等）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57529D13" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="57529D13">
       <w:pPr>
-        <w:ind w:firstLineChars="200" w:firstLine="480"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+        <w:ind w:firstLine="480" w:firstLineChars="200"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>（文字说明）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1760C496" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="1760C496">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76626A6F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="76626A6F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="389A0A27" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="389A0A27">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08844E51" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="08844E51">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56BD2C3A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="56BD2C3A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32568CC1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+    <w:p w14:paraId="32568CC1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D62A03B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="3D62A03B">
       <w:pPr>
-        <w:spacing w:afterLines="50" w:after="120"/>
+        <w:spacing w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>三、项目建设计划</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="autofit"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="636"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1944"/>
+        <w:gridCol w:w="653"/>
+        <w:gridCol w:w="2025"/>
+        <w:gridCol w:w="1856"/>
+        <w:gridCol w:w="1997"/>
+        <w:gridCol w:w="1997"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="761E2E94" w14:textId="77777777">
+      <w:tr w14:paraId="761E2E94">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="4805"/>
+          <w:trHeight w:val="4805" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="0BA9C24A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="0BA9C24A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋" w:eastAsia="仿宋" w:hAnsi="仿宋" w:cs="Times New Roman" w:hint="eastAsia"/>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="宋体"/>
+              </w:rPr>
               <w:t>项目建设进度及各个阶段考核指标：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A8F55F8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0A8F55F8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="37E1D0B4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="37E1D0B4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6D105969" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6D105969">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2743110D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2743110D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52F1D598" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="52F1D598">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="229C1910" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="229C1910">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="597A436B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="597A436B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42793A16" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="42793A16">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FB62C25" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3FB62C25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4AC84C3A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4AC84C3A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="01211D2C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="01211D2C">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E68DB20" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6E68DB20">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="47AB5908" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="47AB5908">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="13835769" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="13835769">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="30BCFFE8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="30BCFFE8">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5DB239ED" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5DB239ED">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1965205A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1965205A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="324"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5796DBB5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5796DBB5">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5177A5BD" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5177A5BD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="2F4ACBA5" w14:textId="77777777">
+      <w:tr w14:paraId="2F4ACBA5">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="448"/>
+          <w:trHeight w:val="448" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EEDEBAF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7EEDEBAF">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>最终成果</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1187" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="08778599" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="08778599">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>序号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1088" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6C4CFD25" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="6C4CFD25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>成果名称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="609867FB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="609867FB">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>成果形式</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="51D9E59E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="51D9E59E">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>起止时间</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="597FFE35" w14:textId="77777777" w:rsidTr="002770AB">
+      <w:tr w14:paraId="597FFE35">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="4174"/>
+          <w:trHeight w:val="4174" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="pct"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w14:paraId="63734C56" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+          </w:tcPr>
+          <w:p w14:paraId="63734C56">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1187" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="59445F73" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="59445F73">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1088" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0EA14F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2F0EA14F">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1171" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4F2811" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5F4F2811">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1172" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC1023E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7AC1023E">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="5755CF72" w14:textId="77777777">
+      <w:tr w14:paraId="5755CF72">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="450" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="pct"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1E48107F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E48107F">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1187" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4DAD986D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="4DAD986D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D921CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:w w:val="97"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>投入使用日</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D921CE">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:spacing w:val="54"/>
                 <w:w w:val="97"/>
                 <w:kern w:val="0"/>
               </w:rPr>
               <w:t>期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3431" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="17BD6198" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="17BD6198">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>年      月      日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="1EA294FE" w14:textId="77777777">
+      <w:tr w14:paraId="1EA294FE">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="458"/>
+          <w:trHeight w:val="458" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="pct"/>
-            <w:vMerge/>
-[...1 lines deleted...]
-          <w:p w14:paraId="12043058" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:vMerge w:val="continue"/>
+          </w:tcPr>
+          <w:p w14:paraId="12043058">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1187" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="45BF50F9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="45BF50F9">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>建设项目验收日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3431" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5792325A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="5792325A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
               </w:rPr>
               <w:t>年      月      日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E3A9622" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="5E3A9622">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
         </w:rPr>
         <w:t>【项目建设时间安排上要根据课程教学进度，合理安排建设日期，既不要超前，也不要滞后，确保实验按时开出。】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089E8998" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="089E8998">
       <w:pPr>
-        <w:spacing w:afterLines="50" w:after="120"/>
+        <w:spacing w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>四、实验室场地要求</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="宋体" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:cs="宋体"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>（标明楼号、室号、面积）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45114DA2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="45114DA2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+        </w:rPr>
         <w:t>【实验室的设施环境建设需求（如供水、供电、供气以及小规模的土建和装修等）；实验室环境设备设施等布置图（如设备安置位置、供电电路的走向等）；建设安全方面的考虑；学生实验环境的搭建；学生实验环境的分析等。】</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DC0948" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="43DC0948">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B5CE94B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="6B5CE94B">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="666ECFCA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="666ECFCA">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="442667CD" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="442667CD">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10690123" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="10690123">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="275D5124" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="275D5124">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41FE991C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="41FE991C">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F44A881" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="5F44A881">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="680134D4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="680134D4">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11548C4C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="11548C4C">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73970CEF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="73970CEF">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04D8180D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="04D8180D">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="711F5B80" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="00676779">
+    <w:p w14:paraId="711F5B80">
       <w:pPr>
-        <w:spacing w:beforeLines="50" w:before="120" w:afterLines="50" w:after="120"/>
+        <w:spacing w:before="120" w:beforeLines="50" w:after="120" w:afterLines="50"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B0620DB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="5B0620DB">
       <w:pPr>
-        <w:spacing w:afterLines="50" w:after="120"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:spacing w:after="120" w:afterLines="50"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="仿宋_GB2312"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>五、专家论证</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15274601" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+    <w:p w14:paraId="15274601">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>【</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
         </w:rPr>
         <w:t>专家组成员应具有相关专业副高以上职称，由</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
         </w:rPr>
         <w:t>名及以上专家组成。】</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8526" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1427"/>
         <w:gridCol w:w="1387"/>
         <w:gridCol w:w="1428"/>
         <w:gridCol w:w="1428"/>
         <w:gridCol w:w="1428"/>
         <w:gridCol w:w="1428"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="2FA545D5" w14:textId="77777777">
+      <w:tr w14:paraId="2FA545D5">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8526" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB5630A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="1EB5630A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>专家组名单</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="47C41847" w14:textId="77777777">
+      <w:tr w14:paraId="47C41847">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7274D5FE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7274D5FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07425468" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="07425468">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>部门</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16ACD940" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="16ACD940">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>职称</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="001719F6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="001719F6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>专业</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="114B9E34" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="114B9E34">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>签字</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D00EE56" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="1D00EE56">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="0FAB120E" w14:textId="77777777">
+      <w:tr w14:paraId="0FAB120E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48E4248C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="48E4248C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="735AF702" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="735AF702">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03C2F400" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="03C2F400">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6917699B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6917699B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423B55B2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="423B55B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79536733" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="79536733">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="4A657D9E" w14:textId="77777777">
+      <w:tr w14:paraId="4A657D9E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30E066BF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="30E066BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD2880D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2BD2880D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46BA2C52" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="46BA2C52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F431835" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6F431835">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C04A1F6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7C04A1F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58C64C2F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="58C64C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="4F5A3DFC" w14:textId="77777777">
+      <w:tr w14:paraId="4F5A3DFC">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3290E85F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3290E85F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2F5368" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7C2F5368">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E9FC740" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3E9FC740">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12ABAF81" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="12ABAF81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F78A5C1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5F78A5C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="327BB84D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="327BB84D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="70DF2C70" w14:textId="77777777">
+      <w:tr w14:paraId="70DF2C70">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5408C87C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5408C87C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70001203" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="70001203">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DBFFC8B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4DBFFC8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59483949" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="59483949">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42CA88BA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="42CA88BA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EEC0DED" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6EEC0DED">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="4173BF51" w14:textId="77777777">
+      <w:tr w14:paraId="4173BF51">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1427" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB8C1E5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3CB8C1E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16F335C0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="16F335C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B61CC23" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0B61CC23">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41E115D5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="41E115D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730F7247" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="730F7247">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1428" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32A00F32" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="32A00F32">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="55B4917E" w14:textId="77777777">
+      <w:tr w14:paraId="55B4917E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8526" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="107F4B37" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="107F4B37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>专家组审核意见：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E7526B6" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7E7526B6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F5B1AFC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6F5B1AFC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="152733F4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="152733F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1C00DB9A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1C00DB9A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="67F5731E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="67F5731E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E4E2D60" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4E4E2D60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="282F8FCC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="282F8FCC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43AC495F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="43AC495F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43878732" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="43878732">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="415A6028" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:leftChars="100" w:left="210" w:firstLineChars="1950" w:firstLine="4095"/>
+          <w:p w14:paraId="415A6028">
+            <w:pPr>
+              <w:ind w:left="210" w:leftChars="100" w:firstLine="4095" w:firstLineChars="1950"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>组长签名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4327B3F3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4327B3F3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="652F4DD0" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="3100" w:firstLine="6510"/>
+          <w:p w14:paraId="652F4DD0">
+            <w:pPr>
+              <w:ind w:firstLine="6510" w:firstLineChars="3100"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>年     月     日</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62C90AEA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="62C90AEA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B3E6A7D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="00676779">
+    <w:p w14:paraId="0B3E6A7D">
       <w:pPr>
-        <w:spacing w:afterLines="50" w:after="120"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
+        <w:spacing w:after="120" w:afterLines="50"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="仿宋_GB2312"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>六、审核意见</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="16"/>
         <w:tblW w:w="8460" w:type="dxa"/>
         <w:tblInd w:w="2" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="108" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="108" w:type="dxa"/>
+        </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="1B91A57D" w14:textId="77777777">
+      <w:tr w14:paraId="1B91A57D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="2017"/>
+          <w:trHeight w:val="2017" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7487FD79" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="7487FD79">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
               <w:t>院（部）审核意见：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2013F06A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2013F06A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="37FAC3E3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="37FAC3E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A39A9D7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2A39A9D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="013576CC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="013576CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B1B33D7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="2550" w:firstLine="5355"/>
+          <w:p w14:paraId="7B1B33D7">
+            <w:pPr>
+              <w:ind w:firstLine="5355" w:firstLineChars="2550"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>负责人签名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DA0C71A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="2600" w:firstLine="5460"/>
+          <w:p w14:paraId="5DA0C71A">
+            <w:pPr>
+              <w:ind w:firstLine="5460" w:firstLineChars="2600"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>（公章）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C030988" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="3050" w:firstLine="6405"/>
+          <w:p w14:paraId="7C030988">
+            <w:pPr>
+              <w:ind w:firstLine="6405" w:firstLineChars="3050"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>年     月     日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002770AB" w14:paraId="1CD1AA1D" w14:textId="77777777" w:rsidTr="00213A84">
+      <w:tr w14:paraId="1CD1AA1D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="4087"/>
+          <w:trHeight w:val="4087" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D866249" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="3D866249">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00676779">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>实验室与资产管理处审核意见：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="677554FF" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="677554FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B4AA99C" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="1B4AA99C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A597986" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="1A597986">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7597D7D4" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="7597D7D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5D3FCB29" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="5D3FCB29">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7361DA81" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="7361DA81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C087550" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="0C087550">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B8927A6" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
+          <w:p w14:paraId="3B8927A6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="17C2DDE1" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="2650" w:firstLine="5565"/>
+          <w:p w14:paraId="17C2DDE1">
+            <w:pPr>
+              <w:ind w:firstLine="5565" w:firstLineChars="2650"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>负责人签名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29C6BAA9" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="2750" w:firstLine="5775"/>
+          <w:p w14:paraId="29C6BAA9">
+            <w:pPr>
+              <w:ind w:firstLine="5775" w:firstLineChars="2750"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>（公章）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47F3A888" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="200" w:firstLine="420"/>
+          <w:p w14:paraId="47F3A888">
+            <w:pPr>
+              <w:ind w:firstLine="420" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="699539A7" w14:textId="77777777" w:rsidR="002770AB" w:rsidRDefault="002770AB" w:rsidP="00213A84">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="3050" w:firstLine="6405"/>
+          <w:p w14:paraId="699539A7">
+            <w:pPr>
+              <w:ind w:firstLine="6405" w:firstLineChars="3050"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>年     月     日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="15087984" w14:textId="77777777" w:rsidTr="002770AB">
+      <w:tr w14:paraId="15087984">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="9913"/>
+          <w:trHeight w:val="9913" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3277EA56" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="3277EA56">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
-[...1 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
               <w:t>相关职能部门意见：</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D65A9E1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="3D65A9E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>【</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>涉及本科教学和创新创业内容应由</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>本科生院</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>负责人签署意见；涉及研究生教学内容应由</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>研究生院</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>负责人签署意见；涉及科研、社会服务等内容应由</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>科学技术研究院</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>负责人签署意见；涉及实验室场地建设、消防安全及信息化建设等内容应由相关部门（基建处、</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>后勤保障处</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>、保卫处及</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>信息化与数据管理中心</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>等）负责人签署意见。</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>】</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0032DEE7" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0032DEE7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A9E064E" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="3A9E064E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>审核意见</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B64B5A1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5B64B5A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4198BACE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="4198BACE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B433818" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1B433818">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7CCBC097" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7CCBC097">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2FA852D3" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2FA852D3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="677E26C4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="677E26C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6DA21D4B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="2450" w:firstLine="5145"/>
+          <w:p w14:paraId="6DA21D4B">
+            <w:pPr>
+              <w:ind w:firstLine="5145" w:firstLineChars="2450"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>负责人签名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F4ABC41" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00FF3E1F">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="1950" w:firstLine="4095"/>
+          <w:p w14:paraId="7F4ABC41">
+            <w:pPr>
+              <w:ind w:firstLine="4095" w:firstLineChars="1950"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">             （公章）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71250D1C" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="002770AB">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="3050" w:firstLine="6405"/>
+          <w:p w14:paraId="71250D1C">
+            <w:pPr>
+              <w:ind w:firstLine="6405" w:firstLineChars="3050"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>年     月     日</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3574E2FC" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="3574E2FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>审核意见</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6034A21B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6034A21B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E3BC75D" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="5E3BC75D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="365C27A8" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="365C27A8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="086A2EF4" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="086A2EF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C97EEBA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="6C97EEBA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BAE363B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1BAE363B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="05633534" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="2450" w:firstLine="5145"/>
+          <w:p w14:paraId="05633534">
+            <w:pPr>
+              <w:ind w:firstLine="5145" w:firstLineChars="2450"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>负责人签名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49FCAF1B" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00FF3E1F">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="1950" w:firstLine="4095"/>
+          <w:p w14:paraId="49FCAF1B">
+            <w:pPr>
+              <w:ind w:firstLine="4095" w:firstLineChars="1950"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">             （公章）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DD686E1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="002770AB">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="3050" w:firstLine="6405"/>
+          <w:p w14:paraId="7DD686E1">
+            <w:pPr>
+              <w:ind w:firstLine="6405" w:firstLineChars="3050"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>年     月     日</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A017168" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
+          <w:p w14:paraId="2A017168">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>审核意见</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14686C70" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="14686C70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0514CD5F" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0514CD5F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A177056" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0A177056">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="403D36E9" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="403D36E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07704DCF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="07704DCF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7A65A469" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="7A65A469">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="28614269" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="2450" w:firstLine="5145"/>
+          <w:p w14:paraId="28614269">
+            <w:pPr>
+              <w:ind w:firstLine="5145" w:firstLineChars="2450"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>负责人签名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="363D9022" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00FF3E1F">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="1950" w:firstLine="4095"/>
+          <w:p w14:paraId="363D9022">
+            <w:pPr>
+              <w:ind w:firstLine="4095" w:firstLineChars="1950"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">             （公章）</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72CF47F5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="3050" w:firstLine="6405"/>
+          <w:p w14:paraId="72CF47F5">
+            <w:pPr>
+              <w:ind w:firstLine="6405" w:firstLineChars="3050"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>年     月     日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C03FA9" w14:paraId="4F0CA154" w14:textId="77777777" w:rsidTr="002770AB">
+      <w:tr w14:paraId="4F0CA154">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="3675"/>
+          <w:trHeight w:val="3675" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="012A8C02" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="005D6BB3">
+          <w:p w14:paraId="012A8C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="5849CE0A" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+            <w:bookmarkStart w:id="11" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>立项部门分管校领导</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+              </w:rPr>
+              <w:t>审核意见：</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5849CE0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22724102" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="22724102">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1434B3D5" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="1434B3D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44E3BE82" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="44E3BE82">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="701049AE" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="701049AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3BE78ADA" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3BE78ADA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3CC6A3BD" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="3CC6A3BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2B845BA2" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="2B845BA2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0FBC24C1" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="0FBC24C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FDABDDB" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="2850" w:firstLine="5985"/>
+          <w:p w14:paraId="3FDABDDB">
+            <w:pPr>
+              <w:ind w:firstLine="5985" w:firstLineChars="2850"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>签  名</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45B247CF" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9">
+          <w:p w14:paraId="45B247CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6379B474" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00D921CE" w:rsidP="002770AB">
-[...1 lines deleted...]
-              <w:ind w:firstLineChars="3050" w:firstLine="6405"/>
+          <w:p w14:paraId="6379B474">
+            <w:pPr>
+              <w:ind w:firstLine="6405" w:firstLineChars="3050"/>
               <w:rPr>
                 <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312" w:hint="eastAsia"/>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
               </w:rPr>
               <w:t>年     月     日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3295EF87" w14:textId="77777777" w:rsidR="00C03FA9" w:rsidRDefault="00C03FA9" w:rsidP="002770AB">
+    <w:p w14:paraId="3295EF87">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00C03FA9" w:rsidSect="00E178CA">
+    <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1797" w:bottom="1134" w:left="1797" w:header="851" w:footer="992" w:gutter="0"/>
-      <w:cols w:space="425"/>
+      <w:cols w:space="425" w:num="1"/>
       <w:formProt w:val="0"/>
-      <w:docGrid w:linePitch="312"/>
+      <w:docGrid w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...7 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="黑体">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mongolian Baiti">
     <w:panose1 w:val="03000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
-    <w:pitch w:val="variable"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="80000023" w:usb1="00000000" w:usb2="00020000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="华文中宋">
     <w:panose1 w:val="02010600040101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="080F0000" w:usb2="00000010" w:usb3="00000000" w:csb0="0004009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000287" w:usb1="080F0000" w:usb2="00000000" w:usb3="00000000" w:csb0="0004009F" w:csb1="DFD70000"/>
   </w:font>
-  <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040803050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00006FF" w:usb1="4000045F" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
-    <w:altName w:val="仿宋"/>
+    <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
-    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:altName w:val="宋体"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="fixed"/>
+    <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="DFD70000"/>
+  </w:font>
+  <w:font w:name="Agave">
+    <w:panose1 w:val="020B0509030604020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00002FF" w:usb1="1000F8FB" w:usb2="00040000" w:usb3="00000000" w:csb0="6000019F" w:csb1="DFD70000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5EE0BBBE" w14:textId="77777777" w:rsidR="00246F6B" w:rsidRDefault="00922DAD" w:rsidP="00C0779F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+  <w:p w14:paraId="5EE0BBBE">
     <w:pPr>
       <w:framePr w:w="907" w:hSpace="181" w:wrap="around" w:vAnchor="text" w:hAnchor="text" w:xAlign="outside" w:y="-22"/>
       <w:shd w:val="solid" w:color="FFFFFF" w:fill="FFFFFF"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00246F6B">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE  \* ArabicDash  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00491470">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:noProof/>
       </w:rPr>
       <w:t>- 2 -</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6E8F5770" w14:textId="77777777" w:rsidR="00246F6B" w:rsidRDefault="00246F6B" w:rsidP="00C0779F">
+  <w:p w14:paraId="6E8F5770">
     <w:pPr>
-      <w:pStyle w:val="ad"/>
+      <w:pStyle w:val="9"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="0C1A67B7" w14:textId="77777777" w:rsidR="00246F6B" w:rsidRDefault="00246F6B">
+  <w:p w14:paraId="0C1A67B7">
     <w:pPr>
-      <w:pStyle w:val="ad"/>
+      <w:pStyle w:val="9"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...1324 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:bordersDoNotSurroundHeader/>
-  <w:bordersDoNotSurroundFooter/>
+  <w:bordersDoNotSurroundHeader w:val="1"/>
+  <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:hideSpellingErrors/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:noLineBreaksAfter w:lang="zh-CN" w:val="$([{£¥·‘“〈《「『【〔〖〝﹙﹛﹝＄（．［｛￡￥"/>
   <w:noLineBreaksBefore w:lang="zh-CN" w:val="!%),.:;&gt;?]}¢¨°·ˇˉ―‖’”…‰′″›℃∶、。〃〉》」』】〕〗〞︶︺︾﹀﹄﹚﹜﹞！＂％＇），．：；？］｀｜｝～￠"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
-  <w:hdrShapeDefaults>
-[...11 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C5D08"/>
     <w:rsid w:val="00000EF1"/>
     <w:rsid w:val="00002639"/>
     <w:rsid w:val="00002B57"/>
     <w:rsid w:val="00003099"/>
     <w:rsid w:val="00004994"/>
     <w:rsid w:val="0000641C"/>
     <w:rsid w:val="00006A99"/>
     <w:rsid w:val="00006F58"/>
     <w:rsid w:val="00007139"/>
     <w:rsid w:val="00011E36"/>
     <w:rsid w:val="00012D3A"/>
     <w:rsid w:val="00013865"/>
     <w:rsid w:val="0001561B"/>
     <w:rsid w:val="00016E75"/>
     <w:rsid w:val="00016EF1"/>
     <w:rsid w:val="00017F61"/>
     <w:rsid w:val="000204B5"/>
     <w:rsid w:val="00020FED"/>
     <w:rsid w:val="00021A12"/>
     <w:rsid w:val="000225BB"/>
     <w:rsid w:val="00024693"/>
     <w:rsid w:val="00024D19"/>
@@ -13634,1119 +13248,980 @@
     <w:rsid w:val="00FE6EB1"/>
     <w:rsid w:val="00FE7028"/>
     <w:rsid w:val="00FF0A95"/>
     <w:rsid w:val="00FF0F1D"/>
     <w:rsid w:val="00FF15B2"/>
     <w:rsid w:val="00FF3B62"/>
     <w:rsid w:val="00FF3E1F"/>
     <w:rsid w:val="00FF4959"/>
     <w:rsid w:val="00FF4A8F"/>
     <w:rsid w:val="00FF4BA0"/>
     <w:rsid w:val="00FF4C55"/>
     <w:rsid w:val="00FF6B84"/>
     <w:rsid w:val="00FF76F5"/>
     <w:rsid w:val="19431AF1"/>
     <w:rsid w:val="28BC19AE"/>
     <w:rsid w:val="31854AAE"/>
     <w:rsid w:val="34F922BE"/>
     <w:rsid w:val="35C23234"/>
     <w:rsid w:val="3DDE67D0"/>
     <w:rsid w:val="456E0DCD"/>
     <w:rsid w:val="4EF34D2E"/>
     <w:rsid w:val="644046CB"/>
     <w:rsid w:val="6A8008DD"/>
     <w:rsid w:val="6C071647"/>
     <w:rsid w:val="78972985"/>
+    <w:rsid w:val="9B6B7507"/>
+    <w:rsid w:val="FFFFC90A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="1"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
+  <w:doNotAutoCompressPictures/>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:doNotAutoCompressPictures/>
-[...11 lines deleted...]
-  <w15:docId w15:val="{86935504-4831-433E-8D44-C2B6B742A4D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:cs="Mongolian Baiti"/>
-        <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Mongolian Baiti"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...366 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="heading 1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 6" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 7" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 8" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="index 9" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="39" w:semiHidden="0" w:name="toc 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 6" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 7" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 8" w:locked="1"/>
+    <w:lsdException w:uiPriority="39" w:name="toc 9" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Normal Indent" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote text" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation text" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="header"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="footer"/>
+    <w:lsdException w:uiPriority="99" w:name="index heading" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="35" w:name="caption" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="table of figures" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope address" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="envelope return" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="footnote reference" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation reference" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="line number" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="page number"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote reference" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="endnote text" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="table of authorities" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="macro" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="toa heading" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Bullet 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Number 5" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="10" w:semiHidden="0" w:name="Title" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Closing" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Signature" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="1" w:name="Default Paragraph Font"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Body Text Indent"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="List Continue 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Message Header" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="11" w:semiHidden="0" w:name="Subtitle" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Salutation" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Date" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text First Indent 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Note Heading" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Body Text 3" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text Indent 2"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Body Text Indent 3"/>
+    <w:lsdException w:uiPriority="99" w:name="Block Text" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Hyperlink"/>
+    <w:lsdException w:uiPriority="99" w:name="FollowedHyperlink" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="Strong" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="20" w:semiHidden="0" w:name="Emphasis" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Document Map" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
+    <w:lsdException w:uiPriority="99" w:name="E-mail Signature" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Normal (Web)" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Acronym" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Address" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Cite" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Code" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Definition" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Keyboard" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Preformatted" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Sample" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Typewriter" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="HTML Variable" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="Normal Table"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:name="annotation subject" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Simple 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Classic 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Colorful 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Columns 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 6" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 7" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Grid 8" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 4" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 5" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 6" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 7" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table List 8" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table 3D effects 3" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Contemporary" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Elegant" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Professional" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Subtle 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 1" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 2" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Web 3" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:name="Balloon Text"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="59" w:semiHidden="0" w:name="Table Grid" w:locked="1"/>
+    <w:lsdException w:uiPriority="99" w:name="Table Theme" w:locked="1"/>
+    <w:lsdException w:qFormat="1" w:uiPriority="99" w:semiHidden="0" w:name="Placeholder Text"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="99" w:semiHidden="0" w:name="List Paragraph"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="60" w:semiHidden="0" w:name="Light Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="61" w:semiHidden="0" w:name="Light List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="62" w:semiHidden="0" w:name="Light Grid Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="63" w:semiHidden="0" w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="64" w:semiHidden="0" w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="65" w:semiHidden="0" w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
+    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F26CD3"/>
+    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Calibri"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="23"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:qFormat/>
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:ind w:left="126"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="华文中宋" w:eastAsia="华文中宋" w:hAnsi="华文中宋" w:cs="华文中宋"/>
+      <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="华文中宋" w:cs="华文中宋"/>
       <w:kern w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="18">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="16">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="43"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...3 lines deleted...]
-    <w:link w:val="a4"/>
+    <w:qFormat/>
+    <w:locked/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="24"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="25"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="Times New Roman" w:cs="宋体"/>
       <w:color w:val="000000"/>
       <w:kern w:val="18"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
+  <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="Plain Text"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F26CD3"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="26"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:cs="宋体"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="20"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="27"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
-      <w:ind w:leftChars="200" w:left="420"/>
+      <w:ind w:left="420" w:leftChars="200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="ac"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="33"/>
+    <w:semiHidden/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00F26CD3"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="ae"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="29"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af">
+  <w:style w:type="paragraph" w:styleId="10">
     <w:name w:val="header"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="af0"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="30"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="11">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:qFormat/>
+    <w:locked/>
     <w:uiPriority w:val="39"/>
-    <w:locked/>
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8302"/>
       </w:tabs>
       <w:spacing w:line="480" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="宋体" w:eastAsiaTheme="minorEastAsia" w:hAnsi="宋体"/>
+      <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsiaTheme="minorEastAsia"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="12">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="a"/>
-    <w:link w:val="30"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="31"/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:spacing w:after="120"/>
-      <w:ind w:leftChars="200" w:left="420"/>
+      <w:ind w:left="420" w:leftChars="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af1">
+  <w:style w:type="paragraph" w:styleId="13">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F26CD3"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="mn-Mong-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af2">
-[...34 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="paragraph" w:styleId="14">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="1"/>
+    <w:link w:val="47"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00F26CD3"/>
-[...329 lines deleted...]
-    <w:link w:val="afd"/>
     <w:uiPriority w:val="10"/>
-    <w:qFormat/>
-[...1 lines deleted...]
-    <w:rsid w:val="004F74EC"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="afd">
+  <w:style w:type="paragraph" w:styleId="15">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="3"/>
+    <w:next w:val="3"/>
+    <w:link w:val="44"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="17">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="16"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="59"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="19">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="18"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="20">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="18"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="21">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="18"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="22">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="18"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+    <w:name w:val="标题 1 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="2"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="华文中宋" w:hAnsi="华文中宋" w:eastAsia="华文中宋" w:cs="华文中宋"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+    <w:name w:val="正文文本 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="4"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+    <w:name w:val="正文文本缩进 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="5"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+    <w:name w:val="纯文本 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="6"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:cs="宋体"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="27">
+    <w:name w:val="正文文本缩进 2 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="7"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="28">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="18"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="2"/>
+      <w:szCs w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="29">
+    <w:name w:val="页脚 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="9"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="页眉 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="10"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="31">
+    <w:name w:val="正文文本缩进 3 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="12"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="32">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="33">
+    <w:name w:val="批注框文本 字符"/>
+    <w:link w:val="8"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="宋体"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="34">
+    <w:name w:val="第一条 Char Char"/>
+    <w:link w:val="35"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:hAnsi="宋体" w:eastAsia="仿宋_GB2312"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35">
+    <w:name w:val="第一条"/>
+    <w:basedOn w:val="1"/>
+    <w:link w:val="34"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:line="500" w:lineRule="exact"/>
+      <w:ind w:firstLine="643" w:firstLineChars="200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:hAnsi="宋体" w:eastAsia="仿宋_GB2312"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36">
+    <w:name w:val="列出段落1"/>
+    <w:basedOn w:val="1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:ind w:firstLine="420" w:firstLineChars="200"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="37">
+    <w:name w:val="Char Char1"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
+      <w:color w:val="0000FF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="38">
+    <w:name w:val="Char Char"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="39">
+    <w:name w:val="Char Char2"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="宋体" w:hAnsi="Courier New" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
+      <w:color w:val="0000FF"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Char Char3"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="41">
+    <w:name w:val="Char Char21"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="42">
+    <w:name w:val="fbt"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="0"/>
+    <w:rPr>
+      <w:color w:val="AFAAAA"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="43">
+    <w:name w:val="批注文字 字符"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="3"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="44">
+    <w:name w:val="批注主题 字符"/>
+    <w:basedOn w:val="43"/>
+    <w:link w:val="15"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="45">
+    <w:name w:val="网格型1"/>
+    <w:basedOn w:val="16"/>
+    <w:qFormat/>
+    <w:uiPriority w:val="59"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="宋体" w:cs="Calibri"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+      <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="47">
     <w:name w:val="标题 字符"/>
-    <w:basedOn w:val="a0"/>
-    <w:link w:val="afc"/>
+    <w:basedOn w:val="18"/>
+    <w:link w:val="14"/>
+    <w:qFormat/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="004F74EC"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="2"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="afe">
+  <w:style w:type="character" w:styleId="48">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="18"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00FA10B4"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14984,126 +14459,82 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
-[...28 lines deleted...]
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8400A1B-31F3-4C45-A4E3-EC4C5690E432}">
-  <ds:schemaRefs>
-[...1 lines deleted...]
-  </ds:schemaRefs>
+  <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
-  <TotalTime></TotalTime>
+  <Company>Microsoft</Company>
   <Pages>11</Pages>
   <Words>416</Words>
   <Characters>2372</Characters>
-  <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2783</CharactersWithSpaces>
-  <SharedDoc>false</SharedDoc>
-[...1 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>WPS Office_12.8.2.1119_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>上海电力大学实验室管理条例</dc:title>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>sjk-kang</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:title>上海电力大学实验室管理条例</dc:title>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
-[...1 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-11.1.0.9912</vt:lpwstr>
+    <vt:lpwstr>2052-12.8.2.1119</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
+    <vt:lpwstr>45C77DF33D9ED418D07E53699F70F23B_42</vt:lpwstr>
   </property>
 </Properties>
 </file>